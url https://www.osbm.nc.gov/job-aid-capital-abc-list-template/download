--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -11,60 +11,60 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/marcia_evans_osbm_nc_gov1/Documents/Website/Budget Instructions/Change/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E404E7F1-61B4-4F44-948F-56FF1C1A098E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{118EF4EB-FF10-44F3-9BC4-D1DEFF89BC8A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{4E8C0AF4-1AF8-48BB-8F57-F550ED8F4944}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4E8C0AF4-1AF8-48BB-8F57-F550ED8F4944}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="8" r:id="rId1"/>
     <sheet name="Capital Requests" sheetId="4" r:id="rId2"/>
     <sheet name="Wkst II Fund 2" sheetId="7" state="hidden" r:id="rId3"/>
     <sheet name="R&amp;R Requests" sheetId="6" r:id="rId4"/>
     <sheet name="Lookup" sheetId="2" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="ID" localSheetId="1" hidden="1">"88ce41fa-7a4d-4cee-babe-ace62ae69ab4"</definedName>
     <definedName name="ID" localSheetId="0" hidden="1">"1e0df012-0ae0-4fe5-95c0-ccc46785e76b"</definedName>
     <definedName name="ID" localSheetId="4" hidden="1">"755d5b3e-44a9-4b2c-8f18-e113fb27c28f"</definedName>
     <definedName name="ID" localSheetId="3" hidden="1">"664a2d44-d4dd-4dac-8154-0282e28d0701"</definedName>
     <definedName name="ID" localSheetId="2" hidden="1">"77cd78fd-db06-4166-b936-5e0453952653"</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -284,53 +284,50 @@
   <si>
     <t>Request Title</t>
   </si>
   <si>
     <t>Brief title with enough specificity to identify the request.</t>
   </si>
   <si>
     <t>Request Description</t>
   </si>
   <si>
     <t>Provide a short description of the request, including the specific activities, functions, and services provided and a timeline for expenditures and positions (if any).  If request is a Legislative Mandate, please list Citation. Two to three sentences should suffice.</t>
   </si>
   <si>
     <t>Have you requested this item before?</t>
   </si>
   <si>
     <t>Indicate whether you have previously requested this item, and in which fiscal year.</t>
   </si>
   <si>
     <t xml:space="preserve"> Capital Requests Columns</t>
   </si>
   <si>
     <t>These categories are based on the capital improvement needs criteria outlined in G.S. 143C-8-3.</t>
   </si>
   <si>
-    <t>Projects for which funding is required in FY 2025-27 should have an OC-25 and will require detailed costing in the WS-IIIs.</t>
-[...1 lines deleted...]
-  <si>
     <t>Does this request have a matching OC 25?</t>
   </si>
   <si>
     <t xml:space="preserve">An OC-25 form, signed off by the State Construction Office, is required. </t>
   </si>
   <si>
     <t>Federal or State Mandate</t>
   </si>
   <si>
     <t>Indicate if this request is due to a federal or state mandate.</t>
   </si>
   <si>
     <t>Health &amp; Safety</t>
   </si>
   <si>
     <t>Indicate if this request is to address health and safety considerations.</t>
   </si>
   <si>
     <t>Needed for Gov't Services</t>
   </si>
   <si>
     <t>Is this project needed in order to continue existing or provide new government services?</t>
   </si>
   <si>
     <t>Extend Useful Life</t>
@@ -341,74 +338,68 @@
   <si>
     <t>Increase Operational Efficiency</t>
   </si>
   <si>
     <t>Will this project increase operational efficiency?</t>
   </si>
   <si>
     <t>Timing  - What is the anticipated timeframe for planning and construction?</t>
   </si>
   <si>
     <t>Please enter the timeframe anticipated for the start and completion of work - for example, enter "2024-26" for a project where planning will begin in 2024 and construction will be completed in 2026.</t>
   </si>
   <si>
     <t>Operating Costs</t>
   </si>
   <si>
     <t>Please enter an estimate of operating costs that would be associated with the new capital project.</t>
   </si>
   <si>
     <t>R &amp; R Requests Columns</t>
   </si>
   <si>
     <t>These categories are based on the allowable use of funds for the Repair and Renovation Reserve outlined in G.S. 143C-4-3.</t>
   </si>
   <si>
-    <t>Specific R&amp;R budget requests for the FY 2025-27 period should be entered in the R&amp;R Requests ABC List.</t>
-[...1 lines deleted...]
-  <si>
     <t>Summary of Request Justification</t>
   </si>
   <si>
     <t>Please provide a summary of the justification for the R&amp;R request, including any data and evidence that describes the need. One to two sentences should suffice.</t>
   </si>
   <si>
     <t>An OC-25 form, signed off by the State Construction Office is required for Non General Fund R&amp;R requests.</t>
   </si>
   <si>
     <t>Type of Repair Requested</t>
   </si>
   <si>
     <t>Indicate the type of repair and renovation project requested.</t>
   </si>
   <si>
     <t>Timing - What is the anticipated timeframe for planning and construction?</t>
   </si>
   <si>
-    <t>Please enter the timeframe anticipated for the start and completion of work - for example, enter "2025-26" for a project where planning will begin in 2024 and construction will be completed in 2026.</t>
-[...1 lines deleted...]
-  <si>
     <t>Department of XXXXX - Capital Requests</t>
   </si>
   <si>
     <t>Project Costs</t>
   </si>
   <si>
     <t>Timing</t>
   </si>
   <si>
     <t>Division/ Program</t>
   </si>
   <si>
     <t>Priority Ranking</t>
   </si>
   <si>
     <t>Have you requested this item before (Y/N)? In which fiscal year?</t>
   </si>
   <si>
     <t>Is a Special Provision needed?</t>
   </si>
   <si>
     <t>Agency Goal</t>
   </si>
   <si>
     <t>Federal or  State Mandate?</t>
@@ -540,50 +531,59 @@
     <t>Unsure</t>
   </si>
   <si>
     <t>(6) Fire Safety Needs Improvements</t>
   </si>
   <si>
     <t>(7) Energy Efficiency Improvements</t>
   </si>
   <si>
     <t>(8) Removal of asbestos, lead paint, and other contaminants, USTs</t>
   </si>
   <si>
     <t>(9) Improve use of existing space</t>
   </si>
   <si>
     <t>(10) Historical restoration</t>
   </si>
   <si>
     <t>(11) Roads, walks, drives, utilities infrastructure improvements</t>
   </si>
   <si>
     <t>(12) Drainage and landscape improvements</t>
   </si>
   <si>
     <t>(13) Building demolition</t>
+  </si>
+  <si>
+    <t>Projects for which funding is required in FY 2026-27 should have an OC-25 and will require detailed costing in the WS-IIIs.</t>
+  </si>
+  <si>
+    <t>Specific R&amp;R budget requests for the FY 2026-27 period should be entered in the R&amp;R Requests ABC List.</t>
+  </si>
+  <si>
+    <t>Please enter the timeframe anticipated for the start and completion of work - for example, enter "2026-27" for a project where planning will begin in 2026 and construction will be completed in 2027.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -3558,1123 +3558,1123 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB706074-BA52-4837-97DC-DFD753B813F1}">
   <sheetPr>
     <tabColor rgb="FFF8CBAD"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D25" sqref="D25"/>
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.26953125" style="66" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="9.1796875" style="66"/>
+    <col min="1" max="1" width="3.28515625" style="66" customWidth="1"/>
+    <col min="2" max="2" width="36.85546875" style="66" customWidth="1"/>
+    <col min="3" max="3" width="0.85546875" style="66" customWidth="1"/>
+    <col min="4" max="4" width="150.28515625" style="66" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5703125" style="66" customWidth="1"/>
+    <col min="6" max="6" width="45.140625" style="66" customWidth="1"/>
+    <col min="7" max="7" width="13.85546875" style="66" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="8.7109375" style="66" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" style="66" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="4.140625" style="66" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.85546875" style="66" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="8.7109375" style="66" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="13.7109375" style="66" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="4.140625" style="66" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="66"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="65" customFormat="1" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" s="65" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="83" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="83"/>
       <c r="C1" s="83"/>
       <c r="D1" s="83"/>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="66">
         <v>1</v>
       </c>
       <c r="B2" s="86" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="87"/>
       <c r="D2" s="87"/>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="66">
         <v>2</v>
       </c>
       <c r="B3" s="85" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="84"/>
       <c r="D3" s="84"/>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="66">
         <v>3</v>
       </c>
       <c r="B4" s="84" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="84"/>
       <c r="D4" s="84"/>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="66">
         <v>4</v>
       </c>
       <c r="B5" s="87" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="87"/>
       <c r="D5" s="87"/>
     </row>
-    <row r="7" spans="1:4" ht="18.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:4" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A7" s="68"/>
       <c r="B7" s="69" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="70"/>
       <c r="D7" s="70" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="71" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="67"/>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B9" s="67" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="66" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B10" s="67" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="66" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="B11" s="67" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="72" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B12" s="67" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="66" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:4" ht="30" x14ac:dyDescent="0.25">
       <c r="B13" s="67" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="72" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B14" s="67" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="66" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B15" s="67"/>
       <c r="D15" s="72"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="B17" s="73"/>
       <c r="C17" s="65"/>
       <c r="D17" s="65"/>
     </row>
-    <row r="18" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="71" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="67"/>
       <c r="D18" s="74" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" s="82" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="B19" s="82"/>
       <c r="C19" s="82"/>
       <c r="D19" s="82"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" s="76"/>
       <c r="B20" s="76"/>
       <c r="C20" s="76"/>
       <c r="D20" s="76"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="76"/>
       <c r="B21" s="76" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C21" s="76"/>
       <c r="D21" s="77" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B22" s="67" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" s="67" t="s">
+      <c r="D22" s="66" t="s">
         <v>25</v>
       </c>
-      <c r="D22" s="66" t="s">
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B23" s="67" t="s">
         <v>26</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" s="67" t="s">
+      <c r="D23" s="66" t="s">
         <v>27</v>
       </c>
-      <c r="D23" s="66" t="s">
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B24" s="67" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" s="67" t="s">
+      <c r="D24" s="66" t="s">
         <v>29</v>
       </c>
-      <c r="D24" s="66" t="s">
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B25" s="67" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" s="67" t="s">
+      <c r="D25" s="66" t="s">
         <v>31</v>
       </c>
-      <c r="D25" s="66" t="s">
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B26" s="67" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" s="67" t="s">
+      <c r="D26" s="66" t="s">
         <v>33</v>
       </c>
-      <c r="D26" s="66" t="s">
+    </row>
+    <row r="27" spans="1:15" ht="45" x14ac:dyDescent="0.25">
+      <c r="B27" s="76" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" s="76" t="s">
+      <c r="D27" s="72" t="s">
         <v>35</v>
       </c>
-      <c r="D27" s="72" t="s">
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B28" s="66" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" s="66" t="s">
+      <c r="D28" s="66" t="s">
         <v>37</v>
       </c>
-      <c r="D28" s="66" t="s">
+    </row>
+    <row r="29" spans="1:15" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="71" t="s">
         <v>38</v>
-      </c>
-[...3 lines deleted...]
-        <v>39</v>
       </c>
       <c r="B29" s="67"/>
       <c r="D29" s="78" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:15" x14ac:dyDescent="0.35">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" s="82" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="B30" s="82"/>
       <c r="C30" s="82"/>
       <c r="D30" s="82"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" s="75"/>
       <c r="B31" s="76" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C31" s="75"/>
       <c r="D31" s="76" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:15" ht="15.5" x14ac:dyDescent="0.35">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="79"/>
       <c r="B32" s="76" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C32" s="76"/>
       <c r="D32" s="77" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E32" s="80"/>
       <c r="F32" s="80"/>
       <c r="G32" s="80"/>
       <c r="H32" s="80"/>
       <c r="I32" s="80"/>
       <c r="J32" s="81"/>
       <c r="K32" s="81"/>
       <c r="L32" s="80"/>
       <c r="M32" s="80"/>
       <c r="N32" s="81"/>
       <c r="O32" s="81"/>
     </row>
-    <row r="33" spans="2:4" x14ac:dyDescent="0.35">
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" s="67" t="s">
+        <v>43</v>
+      </c>
+      <c r="D33" s="66" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="B34" s="76" t="s">
         <v>45</v>
       </c>
-      <c r="D33" s="66" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="D34" s="72" t="s">
-        <v>48</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="J32:K32"/>
     <mergeCell ref="N32:O32"/>
     <mergeCell ref="A19:D19"/>
     <mergeCell ref="A30:D30"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="B5:D5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;28&amp;KFF0000DRAFT</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5E12AFE-F845-44DF-8B65-852685D3B2A9}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U29"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
       <pane xSplit="4" ySplit="3" topLeftCell="E4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="P18" sqref="P18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.54296875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="13.140625" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" width="8.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="19" style="1" customWidth="1"/>
-    <col min="5" max="5" width="39.7265625" style="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="21" max="21" width="18.1796875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="39.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="15.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="12.42578125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="15.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="12.140625" style="1" customWidth="1"/>
+    <col min="10" max="12" width="15.7109375" style="1" customWidth="1"/>
+    <col min="13" max="17" width="15.7109375" customWidth="1"/>
+    <col min="18" max="18" width="23.85546875" customWidth="1"/>
+    <col min="19" max="19" width="41.140625" customWidth="1"/>
+    <col min="20" max="20" width="3.42578125" customWidth="1"/>
+    <col min="21" max="21" width="18.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+    <row r="1" spans="1:21" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="88" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B1" s="88"/>
       <c r="C1" s="88"/>
       <c r="D1" s="88"/>
       <c r="E1" s="88"/>
       <c r="F1" s="88"/>
       <c r="G1" s="88"/>
       <c r="H1" s="88"/>
       <c r="I1" s="88"/>
       <c r="J1" s="88"/>
       <c r="K1" s="88"/>
       <c r="L1" s="88"/>
       <c r="M1" s="88"/>
       <c r="N1" s="88"/>
       <c r="O1" s="88"/>
       <c r="P1" s="88"/>
       <c r="Q1" s="88"/>
       <c r="R1" s="88"/>
       <c r="S1" s="88"/>
     </row>
-    <row r="2" spans="1:21" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:21" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="N2" s="22"/>
       <c r="O2" s="89" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="P2" s="90"/>
       <c r="Q2" s="90"/>
       <c r="R2" s="23" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="S2" s="24" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:21" ht="94.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="57" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="57" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C3" s="57" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D3" s="57" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="57" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="58" t="s">
+        <v>51</v>
+      </c>
+      <c r="G3" s="57" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" s="57" t="s">
+        <v>53</v>
+      </c>
+      <c r="I3" s="57" t="s">
+        <v>22</v>
+      </c>
+      <c r="J3" s="57" t="s">
         <v>54</v>
       </c>
-      <c r="G3" s="57" t="s">
+      <c r="K3" s="57" t="s">
         <v>55</v>
       </c>
-      <c r="H3" s="57" t="s">
+      <c r="L3" s="57" t="s">
         <v>56</v>
       </c>
-      <c r="I3" s="57" t="s">
-[...2 lines deleted...]
-      <c r="J3" s="57" t="s">
+      <c r="M3" s="57" t="s">
         <v>57</v>
       </c>
-      <c r="K3" s="57" t="s">
+      <c r="N3" s="57" t="s">
         <v>58</v>
       </c>
-      <c r="L3" s="57" t="s">
+      <c r="O3" s="59" t="s">
         <v>59</v>
       </c>
-      <c r="M3" s="57" t="s">
+      <c r="P3" s="57" t="s">
         <v>60</v>
       </c>
-      <c r="N3" s="57" t="s">
+      <c r="Q3" s="57" t="s">
         <v>61</v>
       </c>
-      <c r="O3" s="59" t="s">
+      <c r="R3" s="57" t="s">
         <v>62</v>
       </c>
-      <c r="P3" s="57" t="s">
+      <c r="S3" s="57" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="T3" s="20"/>
       <c r="U3" s="18" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:21" x14ac:dyDescent="0.35">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4" s="48"/>
       <c r="B4" s="35"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
       <c r="F4" s="35"/>
       <c r="G4" s="36"/>
       <c r="H4" s="35"/>
       <c r="I4" s="35"/>
       <c r="J4" s="37"/>
       <c r="K4" s="37"/>
       <c r="L4" s="37"/>
       <c r="M4" s="37"/>
       <c r="N4" s="37"/>
       <c r="O4" s="38"/>
       <c r="P4" s="39"/>
       <c r="Q4" s="40">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R4" s="41"/>
       <c r="S4" s="51"/>
       <c r="T4" s="21"/>
     </row>
-    <row r="5" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5" s="49"/>
       <c r="B5" s="28"/>
       <c r="C5" s="28"/>
       <c r="D5" s="28"/>
       <c r="E5" s="28"/>
       <c r="F5" s="28"/>
       <c r="G5" s="29"/>
       <c r="H5" s="28"/>
       <c r="I5" s="28"/>
       <c r="J5" s="30"/>
       <c r="K5" s="30"/>
       <c r="L5" s="30"/>
       <c r="M5" s="30"/>
       <c r="N5" s="30"/>
       <c r="O5" s="31"/>
       <c r="P5" s="33"/>
       <c r="Q5" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R5" s="32"/>
       <c r="S5" s="52"/>
       <c r="T5" s="21"/>
     </row>
-    <row r="6" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6" s="49"/>
       <c r="B6" s="28"/>
       <c r="C6" s="28"/>
       <c r="D6" s="28"/>
       <c r="E6" s="28"/>
       <c r="F6" s="28"/>
       <c r="G6" s="29"/>
       <c r="H6" s="28"/>
       <c r="I6" s="28"/>
       <c r="J6" s="30"/>
       <c r="K6" s="30"/>
       <c r="L6" s="30"/>
       <c r="M6" s="30"/>
       <c r="N6" s="30"/>
       <c r="O6" s="31"/>
       <c r="P6" s="33"/>
       <c r="Q6" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R6" s="32"/>
       <c r="S6" s="52"/>
       <c r="T6" s="21"/>
     </row>
-    <row r="7" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A7" s="49"/>
       <c r="B7" s="28"/>
       <c r="C7" s="28"/>
       <c r="D7" s="28"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="29"/>
       <c r="H7" s="28"/>
       <c r="I7" s="28"/>
       <c r="J7" s="30"/>
       <c r="K7" s="30"/>
       <c r="L7" s="30"/>
       <c r="M7" s="30"/>
       <c r="N7" s="30"/>
       <c r="O7" s="31"/>
       <c r="P7" s="33"/>
       <c r="Q7" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R7" s="32"/>
       <c r="S7" s="52"/>
       <c r="T7" s="21"/>
     </row>
-    <row r="8" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A8" s="49"/>
       <c r="B8" s="28"/>
       <c r="C8" s="28"/>
       <c r="D8" s="28"/>
       <c r="E8" s="28"/>
       <c r="F8" s="28"/>
       <c r="G8" s="29"/>
       <c r="H8" s="28"/>
       <c r="I8" s="28"/>
       <c r="J8" s="30"/>
       <c r="K8" s="30"/>
       <c r="L8" s="30"/>
       <c r="M8" s="30"/>
       <c r="N8" s="30"/>
       <c r="O8" s="31"/>
       <c r="P8" s="33"/>
       <c r="Q8" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R8" s="32"/>
       <c r="S8" s="52"/>
       <c r="T8" s="21"/>
     </row>
-    <row r="9" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9" s="49"/>
       <c r="B9" s="28"/>
       <c r="C9" s="28"/>
       <c r="D9" s="28"/>
       <c r="E9" s="28"/>
       <c r="F9" s="28"/>
       <c r="G9" s="29"/>
       <c r="H9" s="28"/>
       <c r="I9" s="28"/>
       <c r="J9" s="30"/>
       <c r="K9" s="30"/>
       <c r="L9" s="30"/>
       <c r="M9" s="30"/>
       <c r="N9" s="30"/>
       <c r="O9" s="31"/>
       <c r="P9" s="33"/>
       <c r="Q9" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R9" s="32"/>
       <c r="S9" s="52"/>
       <c r="T9" s="21"/>
     </row>
-    <row r="10" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10" s="49"/>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="29"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="30"/>
       <c r="K10" s="30"/>
       <c r="L10" s="30"/>
       <c r="M10" s="30"/>
       <c r="N10" s="30"/>
       <c r="O10" s="31"/>
       <c r="P10" s="33"/>
       <c r="Q10" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R10" s="32"/>
       <c r="S10" s="52"/>
       <c r="T10" s="21"/>
     </row>
-    <row r="11" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A11" s="49"/>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
       <c r="D11" s="28"/>
       <c r="E11" s="28"/>
       <c r="F11" s="28"/>
       <c r="G11" s="29"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="30"/>
       <c r="K11" s="30"/>
       <c r="L11" s="30"/>
       <c r="M11" s="30"/>
       <c r="N11" s="30"/>
       <c r="O11" s="31"/>
       <c r="P11" s="33"/>
       <c r="Q11" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R11" s="32"/>
       <c r="S11" s="52"/>
       <c r="T11" s="21"/>
     </row>
-    <row r="12" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A12" s="49"/>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="29"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="30"/>
       <c r="K12" s="30"/>
       <c r="L12" s="30"/>
       <c r="M12" s="30"/>
       <c r="N12" s="30"/>
       <c r="O12" s="31"/>
       <c r="P12" s="33"/>
       <c r="Q12" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R12" s="32"/>
       <c r="S12" s="52"/>
       <c r="T12" s="21"/>
     </row>
-    <row r="13" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13" s="49"/>
       <c r="B13" s="28"/>
       <c r="C13" s="28"/>
       <c r="D13" s="28"/>
       <c r="E13" s="28"/>
       <c r="F13" s="28"/>
       <c r="G13" s="29"/>
       <c r="H13" s="28"/>
       <c r="I13" s="28"/>
       <c r="J13" s="30"/>
       <c r="K13" s="30"/>
       <c r="L13" s="30"/>
       <c r="M13" s="30"/>
       <c r="N13" s="30"/>
       <c r="O13" s="31"/>
       <c r="P13" s="33"/>
       <c r="Q13" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R13" s="32"/>
       <c r="S13" s="52"/>
       <c r="T13" s="21"/>
     </row>
-    <row r="14" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A14" s="49"/>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="29"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="30"/>
       <c r="K14" s="30"/>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
       <c r="N14" s="30"/>
       <c r="O14" s="31"/>
       <c r="P14" s="33"/>
       <c r="Q14" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R14" s="32"/>
       <c r="S14" s="52"/>
       <c r="T14" s="21"/>
     </row>
-    <row r="15" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A15" s="49"/>
       <c r="B15" s="28"/>
       <c r="C15" s="28"/>
       <c r="D15" s="28"/>
       <c r="E15" s="28"/>
       <c r="F15" s="28"/>
       <c r="G15" s="29"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="30"/>
       <c r="K15" s="30"/>
       <c r="L15" s="30"/>
       <c r="M15" s="30"/>
       <c r="N15" s="30"/>
       <c r="O15" s="31"/>
       <c r="P15" s="33"/>
       <c r="Q15" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R15" s="32"/>
       <c r="S15" s="52"/>
       <c r="T15" s="21"/>
     </row>
-    <row r="16" spans="1:21" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A16" s="49"/>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="29"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="30"/>
       <c r="K16" s="30"/>
       <c r="L16" s="30"/>
       <c r="M16" s="30"/>
       <c r="N16" s="30"/>
       <c r="O16" s="31"/>
       <c r="P16" s="33"/>
       <c r="Q16" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R16" s="32"/>
       <c r="S16" s="52"/>
       <c r="T16" s="21"/>
     </row>
-    <row r="17" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A17" s="49"/>
       <c r="B17" s="28"/>
       <c r="C17" s="28"/>
       <c r="D17" s="28"/>
       <c r="E17" s="28"/>
       <c r="F17" s="28"/>
       <c r="G17" s="29"/>
       <c r="H17" s="28"/>
       <c r="I17" s="28"/>
       <c r="J17" s="30"/>
       <c r="K17" s="30"/>
       <c r="L17" s="30"/>
       <c r="M17" s="30"/>
       <c r="N17" s="30"/>
       <c r="O17" s="31"/>
       <c r="P17" s="33"/>
       <c r="Q17" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R17" s="32"/>
       <c r="S17" s="52"/>
     </row>
-    <row r="18" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A18" s="49"/>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="29"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="30"/>
       <c r="K18" s="30"/>
       <c r="L18" s="30"/>
       <c r="M18" s="30"/>
       <c r="N18" s="30"/>
       <c r="O18" s="31"/>
       <c r="P18" s="33"/>
       <c r="Q18" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R18" s="32"/>
       <c r="S18" s="52"/>
     </row>
-    <row r="19" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A19" s="49"/>
       <c r="B19" s="28"/>
       <c r="C19" s="28"/>
       <c r="D19" s="28"/>
       <c r="E19" s="28"/>
       <c r="F19" s="28"/>
       <c r="G19" s="29"/>
       <c r="H19" s="28"/>
       <c r="I19" s="28"/>
       <c r="J19" s="30"/>
       <c r="K19" s="30"/>
       <c r="L19" s="30"/>
       <c r="M19" s="30"/>
       <c r="N19" s="30"/>
       <c r="O19" s="31"/>
       <c r="P19" s="33"/>
       <c r="Q19" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R19" s="32"/>
       <c r="S19" s="52"/>
     </row>
-    <row r="20" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A20" s="49"/>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="29"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="30"/>
       <c r="K20" s="30"/>
       <c r="L20" s="30"/>
       <c r="M20" s="30"/>
       <c r="N20" s="30"/>
       <c r="O20" s="31"/>
       <c r="P20" s="33"/>
       <c r="Q20" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R20" s="32"/>
       <c r="S20" s="52"/>
     </row>
-    <row r="21" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A21" s="49"/>
       <c r="B21" s="28"/>
       <c r="C21" s="28"/>
       <c r="D21" s="28"/>
       <c r="E21" s="28"/>
       <c r="F21" s="28"/>
       <c r="G21" s="29"/>
       <c r="H21" s="28"/>
       <c r="I21" s="28"/>
       <c r="J21" s="30"/>
       <c r="K21" s="30"/>
       <c r="L21" s="30"/>
       <c r="M21" s="30"/>
       <c r="N21" s="30"/>
       <c r="O21" s="31"/>
       <c r="P21" s="33"/>
       <c r="Q21" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R21" s="32"/>
       <c r="S21" s="52"/>
     </row>
-    <row r="22" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A22" s="49"/>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="29"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="30"/>
       <c r="K22" s="30"/>
       <c r="L22" s="30"/>
       <c r="M22" s="30"/>
       <c r="N22" s="30"/>
       <c r="O22" s="31"/>
       <c r="P22" s="33"/>
       <c r="Q22" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R22" s="32"/>
       <c r="S22" s="52"/>
     </row>
-    <row r="23" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A23" s="49"/>
       <c r="B23" s="28"/>
       <c r="C23" s="28"/>
       <c r="D23" s="28"/>
       <c r="E23" s="28"/>
       <c r="F23" s="28"/>
       <c r="G23" s="29"/>
       <c r="H23" s="28"/>
       <c r="I23" s="28"/>
       <c r="J23" s="30"/>
       <c r="K23" s="30"/>
       <c r="L23" s="30"/>
       <c r="M23" s="30"/>
       <c r="N23" s="30"/>
       <c r="O23" s="31"/>
       <c r="P23" s="33"/>
       <c r="Q23" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R23" s="32"/>
       <c r="S23" s="52"/>
     </row>
-    <row r="24" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24" s="49"/>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="29"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="30"/>
       <c r="K24" s="30"/>
       <c r="L24" s="30"/>
       <c r="M24" s="30"/>
       <c r="N24" s="30"/>
       <c r="O24" s="31"/>
       <c r="P24" s="33"/>
       <c r="Q24" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R24" s="32"/>
       <c r="S24" s="52"/>
     </row>
-    <row r="25" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A25" s="49"/>
       <c r="B25" s="28"/>
       <c r="C25" s="28"/>
       <c r="D25" s="28"/>
       <c r="E25" s="28"/>
       <c r="F25" s="28"/>
       <c r="G25" s="29"/>
       <c r="H25" s="28"/>
       <c r="I25" s="28"/>
       <c r="J25" s="30"/>
       <c r="K25" s="30"/>
       <c r="L25" s="30"/>
       <c r="M25" s="30"/>
       <c r="N25" s="30"/>
       <c r="O25" s="31"/>
       <c r="P25" s="33"/>
       <c r="Q25" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R25" s="32"/>
       <c r="S25" s="52"/>
     </row>
-    <row r="26" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A26" s="49"/>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="29"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="30"/>
       <c r="K26" s="30"/>
       <c r="L26" s="30"/>
       <c r="M26" s="30"/>
       <c r="N26" s="30"/>
       <c r="O26" s="31"/>
       <c r="P26" s="33"/>
       <c r="Q26" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R26" s="32"/>
       <c r="S26" s="52"/>
     </row>
-    <row r="27" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A27" s="49"/>
       <c r="B27" s="28"/>
       <c r="C27" s="28"/>
       <c r="D27" s="28"/>
       <c r="E27" s="28"/>
       <c r="F27" s="28"/>
       <c r="G27" s="29"/>
       <c r="H27" s="28"/>
       <c r="I27" s="28"/>
       <c r="J27" s="30"/>
       <c r="K27" s="30"/>
       <c r="L27" s="30"/>
       <c r="M27" s="30"/>
       <c r="N27" s="30"/>
       <c r="O27" s="31"/>
       <c r="P27" s="33"/>
       <c r="Q27" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R27" s="32"/>
       <c r="S27" s="52"/>
     </row>
-    <row r="28" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A28" s="49"/>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="29"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="30"/>
       <c r="K28" s="30"/>
       <c r="L28" s="30"/>
       <c r="M28" s="30"/>
       <c r="N28" s="30"/>
       <c r="O28" s="31"/>
       <c r="P28" s="33"/>
       <c r="Q28" s="32">
         <f>Table6[[#This Row],[Column15]]-Table6[[#This Row],[Column16]]</f>
         <v>0</v>
       </c>
       <c r="R28" s="32"/>
       <c r="S28" s="52"/>
     </row>
-    <row r="29" spans="1:19" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A29" s="50"/>
       <c r="B29" s="42"/>
       <c r="C29" s="43"/>
       <c r="D29" s="43"/>
       <c r="E29" s="43"/>
       <c r="F29" s="43"/>
       <c r="G29" s="44"/>
       <c r="H29" s="43"/>
       <c r="I29" s="43"/>
       <c r="J29" s="43"/>
       <c r="K29" s="43"/>
       <c r="L29" s="43"/>
       <c r="M29" s="43"/>
       <c r="N29" s="43"/>
       <c r="O29" s="45">
         <f>SUBTOTAL(109,Table6[Column15])</f>
         <v>0</v>
       </c>
       <c r="P29" s="46">
         <f>SUM(P4:P28)</f>
         <v>0</v>
       </c>
       <c r="Q29" s="47">
         <f>SUM(Q4:Q28)</f>
         <v>0</v>
@@ -4705,352 +4705,352 @@
           <xm:sqref>G4:G28 K4:N28</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D1102794-E8E2-4C15-952C-6EDCFE30FB64}">
           <x14:formula1>
             <xm:f>Lookup!$B$1:$B$3</xm:f>
           </x14:formula1>
           <xm:sqref>J4:J28</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC33D3A1-842E-43B3-AEFC-B9A9EB4CBDBF}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A3:V31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G37" sqref="G37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.1796875" style="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="12.26953125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" style="1"/>
+    <col min="2" max="3" width="17.42578125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="13.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="12.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="11" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="11" style="1" customWidth="1"/>
-    <col min="9" max="9" width="8.1796875" style="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="22" max="22" width="13.453125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.140625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.5703125" style="1" customWidth="1"/>
+    <col min="12" max="12" width="9.42578125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="8.5703125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="7.140625" customWidth="1"/>
+    <col min="17" max="17" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="8.5703125" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="7.140625" customWidth="1"/>
+    <col min="21" max="21" width="2.140625" customWidth="1"/>
+    <col min="22" max="22" width="13.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A3" s="91" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B3" s="91"/>
       <c r="C3" s="91"/>
       <c r="D3" s="91"/>
       <c r="E3" s="91"/>
       <c r="F3" s="91"/>
       <c r="G3" s="91"/>
       <c r="H3" s="91"/>
       <c r="I3" s="91"/>
       <c r="J3" s="91"/>
       <c r="K3" s="91"/>
       <c r="L3" s="91"/>
       <c r="M3" s="91"/>
       <c r="N3" s="91"/>
       <c r="O3" s="91"/>
       <c r="P3" s="91"/>
       <c r="Q3" s="91"/>
       <c r="R3" s="91"/>
       <c r="S3" s="91"/>
       <c r="T3" s="91"/>
     </row>
-    <row r="4" spans="1:22" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="5" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C5" s="92" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" s="94" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" s="92" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" s="94" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" s="92" t="s">
         <v>69</v>
       </c>
-      <c r="F5" s="94" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="92" t="s">
+      <c r="J5" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="H5" s="94" t="s">
+      <c r="K5" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="I5" s="92" t="s">
+      <c r="L5" s="96" t="s">
         <v>72</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="M5" s="98" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
       <c r="N5" s="99"/>
       <c r="O5" s="99"/>
       <c r="P5" s="100"/>
       <c r="Q5" s="98" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="R5" s="99"/>
       <c r="S5" s="99"/>
       <c r="T5" s="100"/>
     </row>
-    <row r="6" spans="1:22" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:22" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="16" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C6" s="93"/>
       <c r="D6" s="95"/>
       <c r="E6" s="16" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="95"/>
       <c r="G6" s="93"/>
       <c r="H6" s="95"/>
       <c r="I6" s="93"/>
       <c r="J6" s="16" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="16" t="s">
         <v>12</v>
       </c>
       <c r="L6" s="97"/>
       <c r="M6" s="7" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="N6" s="16" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="O6" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q6" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="R6" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="S6" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="T6" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="V6" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="P6" s="8" t="s">
-[...18 lines deleted...]
-    <row r="7" spans="1:22" x14ac:dyDescent="0.35">
+    </row>
+    <row r="7" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M7" s="4"/>
       <c r="N7" s="5"/>
       <c r="O7" s="5">
         <f>M7-N7</f>
         <v>0</v>
       </c>
       <c r="P7" s="11"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="5"/>
       <c r="S7" s="5">
         <f>Q7-R7</f>
         <v>0</v>
       </c>
       <c r="T7" s="11"/>
     </row>
-    <row r="8" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M8" s="6"/>
       <c r="P8" s="11"/>
       <c r="Q8" s="6"/>
       <c r="T8" s="11"/>
     </row>
-    <row r="9" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M9" s="6"/>
       <c r="P9" s="11"/>
       <c r="Q9" s="6"/>
       <c r="T9" s="11"/>
     </row>
-    <row r="10" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M10" s="6"/>
       <c r="P10" s="11"/>
       <c r="Q10" s="6"/>
       <c r="T10" s="11"/>
     </row>
-    <row r="11" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M11" s="6"/>
       <c r="P11" s="11"/>
       <c r="Q11" s="6"/>
       <c r="T11" s="11"/>
     </row>
-    <row r="12" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M12" s="6"/>
       <c r="P12" s="11"/>
       <c r="Q12" s="6"/>
       <c r="T12" s="11"/>
     </row>
-    <row r="13" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M13" s="6"/>
       <c r="P13" s="11"/>
       <c r="Q13" s="6"/>
       <c r="T13" s="11"/>
     </row>
-    <row r="14" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M14" s="6"/>
       <c r="P14" s="11"/>
       <c r="Q14" s="6"/>
       <c r="T14" s="11"/>
     </row>
-    <row r="15" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M15" s="6"/>
       <c r="P15" s="11"/>
       <c r="Q15" s="6"/>
       <c r="T15" s="11"/>
     </row>
-    <row r="16" spans="1:22" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:22" x14ac:dyDescent="0.25">
       <c r="M16" s="6"/>
       <c r="P16" s="11"/>
       <c r="Q16" s="6"/>
       <c r="T16" s="11"/>
     </row>
-    <row r="17" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="17" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M17" s="6"/>
       <c r="P17" s="11"/>
       <c r="Q17" s="6"/>
       <c r="T17" s="11"/>
     </row>
-    <row r="18" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="18" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M18" s="6"/>
       <c r="P18" s="11"/>
       <c r="Q18" s="6"/>
       <c r="T18" s="11"/>
     </row>
-    <row r="19" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="19" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M19" s="6"/>
       <c r="P19" s="11"/>
       <c r="Q19" s="6"/>
       <c r="T19" s="11"/>
     </row>
-    <row r="20" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="20" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M20" s="6"/>
       <c r="P20" s="11"/>
       <c r="Q20" s="6"/>
       <c r="T20" s="11"/>
     </row>
-    <row r="21" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="21" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M21" s="6"/>
       <c r="P21" s="11"/>
       <c r="Q21" s="6"/>
       <c r="T21" s="11"/>
     </row>
-    <row r="22" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="22" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M22" s="6"/>
       <c r="P22" s="11"/>
       <c r="Q22" s="6"/>
       <c r="T22" s="11"/>
     </row>
-    <row r="23" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="23" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M23" s="6"/>
       <c r="P23" s="11"/>
       <c r="Q23" s="6"/>
       <c r="T23" s="11"/>
     </row>
-    <row r="24" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="24" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M24" s="6"/>
       <c r="P24" s="11"/>
       <c r="Q24" s="6"/>
       <c r="T24" s="11"/>
     </row>
-    <row r="25" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="25" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M25" s="6"/>
       <c r="P25" s="11"/>
       <c r="Q25" s="6"/>
       <c r="T25" s="11"/>
     </row>
-    <row r="26" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="26" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M26" s="6"/>
       <c r="P26" s="11"/>
       <c r="Q26" s="6"/>
       <c r="T26" s="11"/>
     </row>
-    <row r="27" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="27" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M27" s="6"/>
       <c r="P27" s="11"/>
       <c r="Q27" s="6"/>
       <c r="T27" s="11"/>
     </row>
-    <row r="28" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="28" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M28" s="6"/>
       <c r="P28" s="11"/>
       <c r="Q28" s="6"/>
       <c r="T28" s="11"/>
     </row>
-    <row r="29" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="29" spans="10:20" x14ac:dyDescent="0.25">
       <c r="M29" s="6"/>
       <c r="P29" s="11"/>
       <c r="Q29" s="6"/>
       <c r="T29" s="11"/>
     </row>
-    <row r="30" spans="10:20" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="30" spans="10:20" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="M30" s="3"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="3"/>
       <c r="R30" s="2"/>
       <c r="S30" s="2"/>
       <c r="T30" s="12"/>
     </row>
-    <row r="31" spans="10:20" x14ac:dyDescent="0.35">
+    <row r="31" spans="10:20" x14ac:dyDescent="0.25">
       <c r="J31" s="27" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="K31" s="27"/>
       <c r="M31" s="9">
         <f>SUM(M7:M30)</f>
         <v>0</v>
       </c>
       <c r="N31" s="9">
         <f t="shared" ref="N31:O31" si="0">SUM(N7:N30)</f>
         <v>0</v>
       </c>
       <c r="O31" s="9">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="P31" s="10">
         <f>SUM(P7:P30)</f>
         <v>0</v>
       </c>
       <c r="Q31" s="9">
         <f t="shared" ref="Q31:S31" si="1">SUM(Q7:Q30)</f>
         <v>0</v>
       </c>
       <c r="R31" s="9">
         <f t="shared" si="1"/>
         <v>0</v>
@@ -5093,636 +5093,636 @@
           <x14:formula1>
             <xm:f>Lookup!$A$1:$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>L7</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{708D332F-8261-4D7D-8B2F-1C8848E6C519}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="5" topLeftCell="E6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="15.7265625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="15.7265625" style="1" customWidth="1"/>
+    <col min="1" max="2" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" width="8.5703125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="15.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="40" style="1" customWidth="1"/>
-    <col min="6" max="6" width="15.7265625" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="15" max="15" width="2.54296875" customWidth="1"/>
+    <col min="6" max="6" width="15.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="15.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="10.85546875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="15.7109375" style="1" customWidth="1"/>
+    <col min="11" max="13" width="15.7109375" customWidth="1"/>
+    <col min="14" max="14" width="19.5703125" customWidth="1"/>
+    <col min="15" max="15" width="2.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="21" x14ac:dyDescent="0.5">
+    <row r="1" spans="1:16" ht="21" x14ac:dyDescent="0.35">
       <c r="A1" s="88" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B1" s="88"/>
       <c r="C1" s="88"/>
       <c r="D1" s="88"/>
       <c r="E1" s="88"/>
       <c r="F1" s="88"/>
       <c r="G1" s="88"/>
       <c r="H1" s="88"/>
       <c r="I1" s="88"/>
       <c r="J1" s="88"/>
       <c r="K1" s="88"/>
       <c r="L1" s="88"/>
       <c r="M1" s="88"/>
       <c r="N1" s="88"/>
       <c r="O1" s="14"/>
       <c r="P1" s="14"/>
     </row>
-    <row r="2" spans="1:16" s="17" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:16" s="17" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="19"/>
       <c r="B2" s="19"/>
       <c r="C2" s="19"/>
       <c r="D2" s="19"/>
       <c r="E2" s="19"/>
       <c r="F2" s="19"/>
       <c r="G2" s="19"/>
       <c r="H2" s="19"/>
       <c r="I2" s="19"/>
       <c r="J2" s="19"/>
       <c r="K2" s="19"/>
       <c r="L2" s="19"/>
       <c r="M2" s="19"/>
       <c r="N2" s="19"/>
       <c r="O2" s="15"/>
       <c r="P2" s="15"/>
     </row>
-    <row r="3" spans="1:16" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:16" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="K3" s="104" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="L3" s="105"/>
       <c r="M3" s="106"/>
       <c r="N3" s="60" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="102" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="103" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C4" s="102" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="101" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="102" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="63"/>
       <c r="G4" s="103" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H4" s="102" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="I4" s="103" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="J4" s="103" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="K4" s="101" t="s">
+        <v>59</v>
+      </c>
+      <c r="L4" s="101" t="s">
+        <v>60</v>
+      </c>
+      <c r="M4" s="101" t="s">
+        <v>61</v>
+      </c>
+      <c r="N4" s="102" t="s">
         <v>62</v>
       </c>
-      <c r="L4" s="101" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O4" s="15"/>
     </row>
-    <row r="5" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="102"/>
       <c r="B5" s="103"/>
       <c r="C5" s="102"/>
       <c r="D5" s="101"/>
       <c r="E5" s="102"/>
       <c r="F5" s="64" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G5" s="103"/>
       <c r="H5" s="102"/>
       <c r="I5" s="103"/>
       <c r="J5" s="103"/>
       <c r="K5" s="101"/>
       <c r="L5" s="101"/>
       <c r="M5" s="101"/>
       <c r="N5" s="102"/>
       <c r="O5" s="15"/>
       <c r="P5" s="25" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:16" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="35"/>
       <c r="B6" s="35"/>
       <c r="C6" s="35"/>
       <c r="D6" s="35"/>
       <c r="E6" s="35"/>
       <c r="F6" s="61"/>
       <c r="G6" s="35"/>
       <c r="H6" s="35"/>
       <c r="I6" s="35"/>
       <c r="J6" s="35"/>
       <c r="K6" s="39"/>
       <c r="L6" s="39"/>
       <c r="M6" s="62">
         <f t="shared" ref="M6:M29" si="0">K6-L6</f>
         <v>0</v>
       </c>
       <c r="N6" s="62"/>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" s="28"/>
       <c r="B7" s="28"/>
       <c r="C7" s="28"/>
       <c r="D7" s="28"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="28"/>
       <c r="I7" s="28"/>
       <c r="J7" s="28"/>
       <c r="K7" s="33"/>
       <c r="L7" s="33"/>
       <c r="M7" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N7" s="54"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" s="28"/>
       <c r="B8" s="28"/>
       <c r="C8" s="28"/>
       <c r="D8" s="28"/>
       <c r="E8" s="28"/>
       <c r="F8" s="28"/>
       <c r="G8" s="28"/>
       <c r="H8" s="28"/>
       <c r="I8" s="28"/>
       <c r="J8" s="28"/>
       <c r="K8" s="33"/>
       <c r="L8" s="33"/>
       <c r="M8" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N8" s="54"/>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="28"/>
       <c r="B9" s="28"/>
       <c r="C9" s="28"/>
       <c r="D9" s="28"/>
       <c r="E9" s="28"/>
       <c r="F9" s="28"/>
       <c r="G9" s="28"/>
       <c r="H9" s="28"/>
       <c r="I9" s="28"/>
       <c r="J9" s="28"/>
       <c r="K9" s="33"/>
       <c r="L9" s="33"/>
       <c r="M9" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N9" s="54"/>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="28"/>
       <c r="B10" s="28"/>
       <c r="C10" s="28"/>
       <c r="D10" s="28"/>
       <c r="E10" s="28"/>
       <c r="F10" s="28"/>
       <c r="G10" s="28"/>
       <c r="H10" s="28"/>
       <c r="I10" s="28"/>
       <c r="J10" s="28"/>
       <c r="K10" s="33"/>
       <c r="L10" s="33"/>
       <c r="M10" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N10" s="54"/>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="28"/>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
       <c r="D11" s="28"/>
       <c r="E11" s="28"/>
       <c r="F11" s="28"/>
       <c r="G11" s="28"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="33"/>
       <c r="L11" s="33"/>
       <c r="M11" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N11" s="54"/>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="28"/>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="33"/>
       <c r="L12" s="33"/>
       <c r="M12" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N12" s="54"/>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" s="28"/>
       <c r="B13" s="28"/>
       <c r="C13" s="28"/>
       <c r="D13" s="28"/>
       <c r="E13" s="28"/>
       <c r="F13" s="28"/>
       <c r="G13" s="28"/>
       <c r="H13" s="28"/>
       <c r="I13" s="28"/>
       <c r="J13" s="28"/>
       <c r="K13" s="33"/>
       <c r="L13" s="33"/>
       <c r="M13" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N13" s="54"/>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" s="28"/>
       <c r="B14" s="28"/>
       <c r="C14" s="28"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="33"/>
       <c r="L14" s="33"/>
       <c r="M14" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N14" s="54"/>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" s="28"/>
       <c r="B15" s="28"/>
       <c r="C15" s="28"/>
       <c r="D15" s="28"/>
       <c r="E15" s="28"/>
       <c r="F15" s="28"/>
       <c r="G15" s="28"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="28"/>
       <c r="K15" s="33"/>
       <c r="L15" s="33"/>
       <c r="M15" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N15" s="54"/>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" s="28"/>
       <c r="B16" s="28"/>
       <c r="C16" s="28"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="33"/>
       <c r="L16" s="33"/>
       <c r="M16" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N16" s="54"/>
     </row>
-    <row r="17" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A17" s="28"/>
       <c r="B17" s="28"/>
       <c r="C17" s="28"/>
       <c r="D17" s="28"/>
       <c r="E17" s="28"/>
       <c r="F17" s="28"/>
       <c r="G17" s="28"/>
       <c r="H17" s="28"/>
       <c r="I17" s="28"/>
       <c r="J17" s="28"/>
       <c r="K17" s="33"/>
       <c r="L17" s="33"/>
       <c r="M17" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N17" s="54"/>
     </row>
-    <row r="18" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A18" s="28"/>
       <c r="B18" s="28"/>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="33"/>
       <c r="L18" s="33"/>
       <c r="M18" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N18" s="54"/>
     </row>
-    <row r="19" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="28"/>
       <c r="B19" s="28"/>
       <c r="C19" s="28"/>
       <c r="D19" s="28"/>
       <c r="E19" s="28"/>
       <c r="F19" s="28"/>
       <c r="G19" s="28"/>
       <c r="H19" s="28"/>
       <c r="I19" s="28"/>
       <c r="J19" s="28"/>
       <c r="K19" s="33"/>
       <c r="L19" s="33"/>
       <c r="M19" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N19" s="54"/>
     </row>
-    <row r="20" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A20" s="28"/>
       <c r="B20" s="28"/>
       <c r="C20" s="28"/>
       <c r="D20" s="28"/>
       <c r="E20" s="28"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="33"/>
       <c r="L20" s="33"/>
       <c r="M20" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N20" s="54"/>
     </row>
-    <row r="21" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A21" s="28"/>
       <c r="B21" s="28"/>
       <c r="C21" s="28"/>
       <c r="D21" s="28"/>
       <c r="E21" s="28"/>
       <c r="F21" s="28"/>
       <c r="G21" s="28"/>
       <c r="H21" s="28"/>
       <c r="I21" s="28"/>
       <c r="J21" s="28"/>
       <c r="K21" s="33"/>
       <c r="L21" s="33"/>
       <c r="M21" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N21" s="54"/>
     </row>
-    <row r="22" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A22" s="28"/>
       <c r="B22" s="28"/>
       <c r="C22" s="28"/>
       <c r="D22" s="28"/>
       <c r="E22" s="28"/>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="28"/>
       <c r="I22" s="28"/>
       <c r="J22" s="28"/>
       <c r="K22" s="33"/>
       <c r="L22" s="33"/>
       <c r="M22" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N22" s="54"/>
     </row>
-    <row r="23" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A23" s="28"/>
       <c r="B23" s="28"/>
       <c r="C23" s="28"/>
       <c r="D23" s="28"/>
       <c r="E23" s="28"/>
       <c r="F23" s="28"/>
       <c r="G23" s="28"/>
       <c r="H23" s="28"/>
       <c r="I23" s="28"/>
       <c r="J23" s="28"/>
       <c r="K23" s="33"/>
       <c r="L23" s="33"/>
       <c r="M23" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N23" s="54"/>
     </row>
-    <row r="24" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A24" s="28"/>
       <c r="B24" s="28"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="28"/>
       <c r="H24" s="28"/>
       <c r="I24" s="28"/>
       <c r="J24" s="28"/>
       <c r="K24" s="33"/>
       <c r="L24" s="33"/>
       <c r="M24" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N24" s="54"/>
     </row>
-    <row r="25" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A25" s="28"/>
       <c r="B25" s="28"/>
       <c r="C25" s="28"/>
       <c r="D25" s="28"/>
       <c r="E25" s="28"/>
       <c r="F25" s="28"/>
       <c r="G25" s="28"/>
       <c r="H25" s="28"/>
       <c r="I25" s="28"/>
       <c r="J25" s="28"/>
       <c r="K25" s="33"/>
       <c r="L25" s="33"/>
       <c r="M25" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N25" s="54"/>
     </row>
-    <row r="26" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A26" s="28"/>
       <c r="B26" s="28"/>
       <c r="C26" s="28"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="33"/>
       <c r="L26" s="33"/>
       <c r="M26" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N26" s="54"/>
     </row>
-    <row r="27" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A27" s="28"/>
       <c r="B27" s="28"/>
       <c r="C27" s="28"/>
       <c r="D27" s="28"/>
       <c r="E27" s="28"/>
       <c r="F27" s="28"/>
       <c r="G27" s="28"/>
       <c r="H27" s="28"/>
       <c r="I27" s="28"/>
       <c r="J27" s="28"/>
       <c r="K27" s="33"/>
       <c r="L27" s="33"/>
       <c r="M27" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N27" s="54"/>
     </row>
-    <row r="28" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A28" s="28"/>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="33"/>
       <c r="L28" s="33"/>
       <c r="M28" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N28" s="54"/>
     </row>
-    <row r="29" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A29" s="28"/>
       <c r="B29" s="28"/>
       <c r="C29" s="28"/>
       <c r="D29" s="28"/>
       <c r="E29" s="28"/>
       <c r="F29" s="28"/>
       <c r="G29" s="28"/>
       <c r="H29" s="28"/>
       <c r="I29" s="28"/>
       <c r="J29" s="28"/>
       <c r="K29" s="33"/>
       <c r="L29" s="33"/>
       <c r="M29" s="55">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N29" s="54"/>
     </row>
-    <row r="30" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A30" s="31"/>
       <c r="B30" s="31"/>
       <c r="C30" s="34"/>
       <c r="D30" s="34"/>
       <c r="E30" s="34"/>
       <c r="F30" s="34"/>
       <c r="G30" s="34"/>
       <c r="H30" s="34"/>
       <c r="I30" s="34"/>
       <c r="J30" s="34"/>
       <c r="K30" s="56">
         <f>SUM(K6:K29)</f>
         <v>0</v>
       </c>
       <c r="L30" s="56">
         <f t="shared" ref="L30:M30" si="1">SUM(L6:L29)</f>
         <v>0</v>
       </c>
       <c r="M30" s="56">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N30" s="31"/>
     </row>
   </sheetData>
@@ -5755,158 +5755,158 @@
           <x14:formula1>
             <xm:f>Lookup!$C$1:$C$13</xm:f>
           </x14:formula1>
           <xm:sqref>J6:J29</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A71D53FD-6AFF-4849-9198-04BFEC8D0A47}">
           <x14:formula1>
             <xm:f>Lookup!$A$4:$A$6</xm:f>
           </x14:formula1>
           <xm:sqref>H6:I29</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{193C2CC3-4ACF-44D9-958C-B2F5AFD54F77}">
   <dimension ref="A1:E13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="11.81640625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="59.1796875" customWidth="1"/>
+    <col min="2" max="2" width="11.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="59.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1" t="s">
         <v>84</v>
       </c>
-      <c r="B1" t="s">
+      <c r="E1" s="26" t="s">
         <v>85</v>
       </c>
-      <c r="C1" t="s">
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
         <v>86</v>
       </c>
-      <c r="D1" t="s">
+      <c r="B2" t="s">
         <v>87</v>
       </c>
-      <c r="E1" s="26" t="s">
+      <c r="C2" t="s">
         <v>88</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="D2" t="s">
         <v>89</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" s="26" t="s">
         <v>90</v>
       </c>
-      <c r="C2" t="s">
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B3" t="s">
         <v>91</v>
       </c>
-      <c r="D2" t="s">
+      <c r="C3" t="s">
         <v>92</v>
       </c>
-      <c r="E2" s="26" t="s">
+      <c r="D3" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="B3" t="s">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C4" t="s">
         <v>94</v>
       </c>
-      <c r="C3" t="s">
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C5" t="s">
         <v>95</v>
       </c>
-      <c r="D3" t="s">
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
         <v>96</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C4" t="s">
+      <c r="C6" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C5" t="s">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C7" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="A6" t="s">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C8" t="s">
         <v>99</v>
       </c>
-      <c r="C6" t="s">
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C9" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="C7" t="s">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C10" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="C8" t="s">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C11" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="C9" t="s">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C12" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
-      <c r="C10" t="s">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C13" t="s">
         <v>104</v>
-      </c>
-[...13 lines deleted...]
-        <v>107</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD43ACEABE47904BAFF06E7ABB2AC398" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f17d879f56f7686253fcd9bb1ddad189">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="efbb26b1-3cb8-4e54-bb70-c579010da8ab" xmlns:ns3="bd1b5740-7cfc-471a-89e4-67f1e04c287b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04ed73e7801b3eeeb96659bcebd31123" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="efbb26b1-3cb8-4e54-bb70-c579010da8ab"/>
     <xsd:import namespace="bd1b5740-7cfc-471a-89e4-67f1e04c287b"/>