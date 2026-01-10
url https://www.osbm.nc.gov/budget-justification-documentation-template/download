--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -1,95 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-  <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5A533144" w14:textId="69DC6493" w:rsidR="00FE0177" w:rsidRPr="00FE0177" w:rsidRDefault="00E9091D" w:rsidP="38D35347">
+    <w:p w14:paraId="368D44E5" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00FE0177" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="470B3936" wp14:editId="1534A087">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CC30A77" wp14:editId="01752C5C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-909114</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>311233</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7765869" cy="1865799"/>
                 <wp:effectExtent l="0" t="0" r="6985" b="1270"/>
                 <wp:wrapNone/>
                 <wp:docPr id="792957806" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7765869" cy="1865799"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -116,6132 +107,3673 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="16C946DE" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-71.6pt;margin-top:24.5pt;width:611.5pt;height:146.9pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVRherlwIAAJkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20HeTRBnSJo0WFA&#10;1xZth54VWYoNyKImKa/9+lGS7bRdscOwiyzx8ZH8TPLi8tAqshPWNaBLWpzllAjNoWr0pqQ/nm++&#10;nFPiPNMVU6BFSY/C0cvl508Xe7MQI6hBVcISBNFusTclrb03iyxzvBYtc2dghEalBNsyj0+7ySrL&#10;9ojeqmyU59NsD7YyFrhwDqXXSUmXEV9Kwf29lE54okqKufl42niuw5ktL9hiY5mpG96lwf4hi5Y1&#10;GoMOUNfMM7K1zR9QbcMtOJD+jEObgZQNF7EGrKbI31XzVDMjYi1IjjMDTe7/wfK73ZN5sEjD3riF&#10;w2uo4iBtG76YHzlEso4DWeLgCUfhbDadnE/nlHDUFefTyWw+D3RmJ3djnf8qoCXhUlKLfyOSxHa3&#10;zifT3iREc6Ca6qZRKj5CB4grZcmO4b9bb4roqrbtd6iSbDbJ8+4PMmVqlqSj8TyfdYnENgogMa03&#10;+EqHKBpCvJRKkGQnFuLNH5UIdko/CkmaCusexTwG5BSUcS60Tym6mlUiiYs+QyRl8Ii5RMCALDH+&#10;gN0BvC29x05ZdvbBVcT+HpzzvyWWnAePGBm0H5zbRoP9CEBhVV3kZN+TlKgJLK2hOj5YYiFNlzP8&#10;psEffsucf2AWxwkHD1eEv8dDKtiXFLobJTXYXx/Jgz12OWop2eN4ltT93DIrKFHfNPb/vBiPwzzH&#10;x3gyG+HDvtasX2v0tr0C7KICl5Hh8Rrsveqv0kL7gptkFaKiimmOsUvKve0fVz6tDdxFXKxW0Qxn&#10;2DB/q58MD+CB1dDQz4cXZk3X9R4H5g76UWaLd82fbIOnhtXWg2ziZJx47fjG+Y+N0+2qsGBev6PV&#10;aaMufwMAAP//AwBQSwMEFAAGAAgAAAAhAHenEUDiAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwYu0m6TBtjGbIkpRiiC2Ba+T7JgEs7Mhu2njv3d70uMwj/e+L99MphMnGlxr&#10;WUE8j0AQV1a3XCs4HrazFQjnkTV2lknBDznYFNdXOWbanvmDTntfi1DCLkMFjfd9JqWrGjLo5rYn&#10;Dr8vOxj04RxqqQc8h3LTySSK7qXBlsNCgz09NVR970ej4HlETbu79P3VluPn2zKJd/plq9TtzfT4&#10;AMLT5P/CcMEP6FAEptKOrJ3oFMzidJGErIJ0HaQuiWi5DjalgkWarEAWufwvUfwCAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAFUYXq5cCAACZBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAd6cRQOIAAAAMAQAADwAAAAAAAAAAAAAAAADxBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" fillcolor="#bfbfbf [2412]" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="72EA1AE9" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-71.6pt;margin-top:24.5pt;width:611.5pt;height:146.9pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVRherlwIAAJkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20HeTRBnSJo0WFA&#10;1xZth54VWYoNyKImKa/9+lGS7bRdscOwiyzx8ZH8TPLi8tAqshPWNaBLWpzllAjNoWr0pqQ/nm++&#10;nFPiPNMVU6BFSY/C0cvl508Xe7MQI6hBVcISBNFusTclrb03iyxzvBYtc2dghEalBNsyj0+7ySrL&#10;9ojeqmyU59NsD7YyFrhwDqXXSUmXEV9Kwf29lE54okqKufl42niuw5ktL9hiY5mpG96lwf4hi5Y1&#10;GoMOUNfMM7K1zR9QbcMtOJD+jEObgZQNF7EGrKbI31XzVDMjYi1IjjMDTe7/wfK73ZN5sEjD3riF&#10;w2uo4iBtG76YHzlEso4DWeLgCUfhbDadnE/nlHDUFefTyWw+D3RmJ3djnf8qoCXhUlKLfyOSxHa3&#10;zifT3iREc6Ca6qZRKj5CB4grZcmO4b9bb4roqrbtd6iSbDbJ8+4PMmVqlqSj8TyfdYnENgogMa03&#10;+EqHKBpCvJRKkGQnFuLNH5UIdko/CkmaCusexTwG5BSUcS60Tym6mlUiiYs+QyRl8Ii5RMCALDH+&#10;gN0BvC29x05ZdvbBVcT+HpzzvyWWnAePGBm0H5zbRoP9CEBhVV3kZN+TlKgJLK2hOj5YYiFNlzP8&#10;psEffsucf2AWxwkHD1eEv8dDKtiXFLobJTXYXx/Jgz12OWop2eN4ltT93DIrKFHfNPb/vBiPwzzH&#10;x3gyG+HDvtasX2v0tr0C7KICl5Hh8Rrsveqv0kL7gptkFaKiimmOsUvKve0fVz6tDdxFXKxW0Qxn&#10;2DB/q58MD+CB1dDQz4cXZk3X9R4H5g76UWaLd82fbIOnhtXWg2ziZJx47fjG+Y+N0+2qsGBev6PV&#10;aaMufwMAAP//AwBQSwMEFAAGAAgAAAAhAFjOCOXiAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;jzFPwzAQhXck/oN1SGytkzQqacilQpUYGJAgZWB042sSiM9p7LaBX487lfF0T+99X7GeTC9ONLrO&#10;MkI8j0AQ11Z33CB8bJ9nGQjnFWvVWyaEH3KwLm9vCpVre+Z3OlW+EaGEXa4QWu+HXEpXt2SUm9uB&#10;OPz2djTKh3NspB7VOZSbXiZRtJRGdRwWWjXQpqX6uzoahM3vW/X1clhKW2/38edr5vlQecT7u+np&#10;EYSnyV/DcMEP6FAGpp09snaiR5jF6SIJWYR0FaQuiehhFWx2CIs0yUCWhfwvUf4BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAFUYXq5cCAACZBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAWM4I5eIAAAAMAQAADwAAAAAAAAAAAAAAAADxBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" fillcolor="#bfbfbf [2412]" stroked="f" strokeweight="1.5pt">
                 <v:fill opacity="16448f"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="22F22996" w:rsidRPr="34D7DEB7">
+      <w:r w:rsidRPr="34D7DEB7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Justification Documentation</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:t>Justification Documentation Form (JDF)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6498E938" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00D30ABD" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Instructions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5937F5FD" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006D51C5">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete this JDF to </w:t>
       </w:r>
       <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>describe</w:t>
       </w:r>
       <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>support</w:t>
       </w:r>
       <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> each budget request.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> Do not paste your responses into IBIS; just attach each JDF to its corresponding Worksheet-II (WS-II). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA85FA6" w14:textId="359956DD" w:rsidR="0045676A" w:rsidRDefault="0638FEE0" w:rsidP="006D51C5">
+    <w:p w14:paraId="52E4D349" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>OSBM recommends that</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="735B9AC8" w:rsidRPr="006D51C5">
+        <w:t xml:space="preserve">OSBM recommends that budget </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> budget </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="735B9AC8" w:rsidRPr="006D51C5">
+        <w:t>offices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>offices</w:t>
-[...60 lines deleted...]
-      <w:r w:rsidR="0618FC73">
+        <w:t xml:space="preserve"> delegate the JDF to staff who are most familiar with the program or policy related to the budget request. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Program staff are usually in the best position to complete the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:t>JDF</w:t>
       </w:r>
-      <w:r w:rsidR="6B1AEF1E" w:rsidRPr="006D51C5">
+      <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="536D8203">
-[...8 lines deleted...]
-      <w:r w:rsidR="6B1AEF1E" w:rsidRPr="006D51C5">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">especially the questions related to outputs, outcomes, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>evidence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D51C5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>—</w:t>
       </w:r>
-      <w:r w:rsidR="536D8203">
-[...36 lines deleted...]
-        <w:t>information provided.</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>and this division of labor will reduce the burden on budget staff. Budget staff should review all form fields for completeness and to ensure accuracy of the information provided.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18EDF88C" w14:textId="77777777" w:rsidR="00A77C82" w:rsidRDefault="00A77C82" w:rsidP="00A77C82">
+    <w:p w14:paraId="2F8A7255" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E9B0C39" w14:textId="77777777" w:rsidR="009D74C9" w:rsidRDefault="009D74C9" w:rsidP="009D74C9">
+    <w:p w14:paraId="6D510669" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="711FBAAD" w14:textId="27F95BB4" w:rsidR="009D74C9" w:rsidRDefault="009D74C9" w:rsidP="00322EE8">
+    <w:p w14:paraId="586FDAB0" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
       </w:pPr>
       <w:r>
         <w:t>Agency</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>/Division</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="FormText"/>
         </w:rPr>
         <w:alias w:val="Agency"/>
         <w:tag w:val="Agency"/>
         <w:id w:val="-1046979444"/>
-        <w:lock w:val="sdtLocked"/>
         <w:placeholder>
-          <w:docPart w:val="DC78B528C43140E7B03D704E20701F9B"/>
+          <w:docPart w:val="C2CD903E379D415A81890EE9A395A585"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:dropDownList>
           <w:listItem w:value="Choose an item."/>
           <w:listItem w:displayText="Administrative Office of the Courts" w:value="Administrative Office of the Courts"/>
           <w:listItem w:displayText="Appalachian State University" w:value="Appalachian State University"/>
           <w:listItem w:displayText="Department of Administration" w:value="Department of Administration"/>
           <w:listItem w:displayText="Department of Adult Correction" w:value="Department of Adult Correction"/>
           <w:listItem w:displayText="Department of Agriculture" w:value="Department of Agriculture"/>
           <w:listItem w:displayText="Department of Commerce" w:value="Department of Commerce"/>
           <w:listItem w:displayText="Department of Environmental Quality" w:value="Department of Environmental Quality"/>
           <w:listItem w:displayText="Department of Information Technology" w:value="Department of Information Technology"/>
           <w:listItem w:displayText="Department of Insurance" w:value="Department of Insurance"/>
           <w:listItem w:displayText="Department of Justice" w:value="Department of Justice"/>
           <w:listItem w:displayText="Department of Labor" w:value="Department of Labor"/>
           <w:listItem w:displayText="Department of Military and Veterans Affairs" w:value="Department of Military and Veterans Affairs"/>
           <w:listItem w:displayText="Department of Natural and Cultural Resources" w:value="Department of Natural and Cultural Resources"/>
           <w:listItem w:displayText="Department of Public Instruction" w:value="Department of Public Instruction"/>
           <w:listItem w:displayText="Department of Public Safety" w:value="Department of Public Safety"/>
           <w:listItem w:displayText="Department of Revenue" w:value="Department of Revenue"/>
           <w:listItem w:displayText="Department of Secretary of State" w:value="Department of Secretary of State"/>
           <w:listItem w:displayText="Department of State Treasurer" w:value="Department of State Treasurer"/>
           <w:listItem w:displayText="Department of Transportation" w:value="Department of Transportation"/>
           <w:listItem w:displayText="Division of Aging and Adult Services" w:value="Division of Aging and Adult Services"/>
           <w:listItem w:displayText="Division of Central Management and Support" w:value="Division of Central Management and Support"/>
           <w:listItem w:displayText="Division of Child and Family Well-Being" w:value="Division of Child and Family Well-Being"/>
           <w:listItem w:displayText="Division of Child Development and Early Education" w:value="Division of Child Development and Early Education"/>
           <w:listItem w:displayText="Division of Health Benefits" w:value="Division of Health Benefits"/>
           <w:listItem w:displayText="Division of Health Services Regulation" w:value="Division of Health Services Regulation"/>
           <w:listItem w:displayText="Division of Mental Health/DD/SAS" w:value="Division of Mental Health/DD/SAS"/>
           <w:listItem w:displayText="Division of Public Health" w:value="Division of Public Health"/>
           <w:listItem w:displayText="Division of Social Services" w:value="Division of Social Services"/>
           <w:listItem w:displayText="Division of Vocational Rehabilitation Services" w:value="Division of Vocational Rehabilitation Services"/>
           <w:listItem w:displayText="Division of Services for the Blind, Deaf, and Hard of Hearing" w:value="Division of Services for the Blind, Deaf, and Hard of Hearing"/>
           <w:listItem w:displayText="East Carolina University" w:value="East Carolina University"/>
+          <w:listItem w:displayText="Eastern NC School for the Deaf" w:value="Eastern NC School for the Deaf"/>
           <w:listItem w:displayText="Education Lottery Commission" w:value="Education Lottery Commission"/>
           <w:listItem w:displayText="Elizabeth City State University" w:value="Elizabeth City State University"/>
           <w:listItem w:displayText="Fayetteville State University" w:value="Fayetteville State University"/>
           <w:listItem w:displayText="General Assembly" w:value="General Assembly"/>
+          <w:listItem w:displayText="Governor Morehead School for the Blind" w:value="Governor Morehead School for the Blind"/>
           <w:listItem w:displayText="Indigent Defense Services" w:value="Indigent Defense Services"/>
           <w:listItem w:displayText="NC Auctioneer Licensing Board" w:value="NC Auctioneer Licensing Board"/>
           <w:listItem w:displayText="NC Board of Barber Examiners" w:value="NC Board of Barber Examiners"/>
           <w:listItem w:displayText="NC Health Choice" w:value="NC Health Choice"/>
           <w:listItem w:displayText="NC Psychology Board" w:value="NC Psychology Board"/>
           <w:listItem w:displayText="NC State Board of Cosmetic Art Examiners" w:value="NC State Board of Cosmetic Art Examiners"/>
           <w:listItem w:displayText="NC State Board of Electrolysis Examiners" w:value="NC State Board of Electrolysis Examiners"/>
           <w:listItem w:displayText="NC State Board of Opticians" w:value="NC State Board of Opticians"/>
           <w:listItem w:displayText="NC Agricultural and Technical State University" w:value="NC Agricultural and Technical State University"/>
           <w:listItem w:displayText="NC Central University" w:value="NC Central University"/>
           <w:listItem w:displayText="NC Community College System" w:value="NC Community College System"/>
           <w:listItem w:displayText="NC Housing Finance Agency" w:value="NC Housing Finance Agency"/>
-          <w:listItem w:displayText="NC School fo Science and Mathematics" w:value="NC School fo Science and Mathematics"/>
+          <w:listItem w:displayText="NC School for Science and Mathematics" w:value="NC School for Science and Mathematics"/>
+          <w:listItem w:displayText="NC School for the Deaf" w:value="NC School for the Deaf"/>
+          <w:listItem w:displayText="NC State Highway Patrol" w:value="NC State Highway Patrol"/>
           <w:listItem w:displayText="NC State University" w:value="NC State University"/>
           <w:listItem w:displayText="Office of Administrative Hearings" w:value="Office of Administrative Hearings"/>
           <w:listItem w:displayText="Office of Education Services" w:value="Office of Education Services"/>
           <w:listItem w:displayText="Office of State Budget and Management" w:value="Office of State Budget and Management"/>
           <w:listItem w:displayText="Office of the Governor" w:value="Office of the Governor"/>
           <w:listItem w:displayText="Office of the Lieutenant Governor" w:value="Office of the Lieutenant Governor"/>
           <w:listItem w:displayText="Office of the State Auditor" w:value="Office of the State Auditor"/>
           <w:listItem w:displayText="Office of the State Controller" w:value="Office of the State Controller"/>
           <w:listItem w:displayText="State Board of Elections" w:value="State Board of Elections"/>
           <w:listItem w:displayText="State Bureau of Investigation" w:value="State Bureau of Investigation"/>
           <w:listItem w:displayText="Teachers' and State Employees' Comprehensive Major Medical Plan" w:value="Teachers' and State Employees' Comprehensive Major Medical Plan"/>
           <w:listItem w:displayText="UNC Asheville" w:value="UNC Asheville"/>
           <w:listItem w:displayText="UNC Chapel Hill" w:value="UNC Chapel Hill"/>
           <w:listItem w:displayText="UNC Charlotte" w:value="UNC Charlotte"/>
           <w:listItem w:displayText="UNC Greensboro" w:value="UNC Greensboro"/>
           <w:listItem w:displayText="UNC Pembroke" w:value="UNC Pembroke"/>
           <w:listItem w:displayText="UNC Wilmington" w:value="UNC Wilmington"/>
           <w:listItem w:displayText="UNC Hospitals" w:value="UNC Hospitals"/>
           <w:listItem w:displayText="UNC School of the Arts" w:value="UNC School of the Arts"/>
           <w:listItem w:displayText="Western Carolina University" w:value="Western Carolina University"/>
           <w:listItem w:displayText="Wildlife Resources Commission" w:value="Wildlife Resources Commission"/>
           <w:listItem w:displayText="Winston-Salem State University" w:value="Winston-Salem State University"/>
           <w:listItem w:displayText="Statewide" w:value="Statewide"/>
           <w:listItem w:displayText="Other" w:value="Other"/>
         </w:dropDownList>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="6DA0A9B7" w14:textId="1C29817C" w:rsidR="00322EE8" w:rsidRPr="00322EE8" w:rsidRDefault="009D3A7A" w:rsidP="00322EE8">
+        <w:p w14:paraId="5625652F" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00322EE8" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
           <w:pPr>
             <w:ind w:left="360"/>
           </w:pPr>
-          <w:r w:rsidRPr="005025D6">
+          <w:r w:rsidRPr="007509F3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
-[...8 lines deleted...]
-            <w:t xml:space="preserve"> from list        </w:t>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Choose from list        </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="7C74642E" w14:textId="3E534C66" w:rsidR="002230B3" w:rsidRDefault="7A3F4CEA" w:rsidP="00D81471">
+    <w:p w14:paraId="73A78E58" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Priority </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Division</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="FormText"/>
+        </w:rPr>
+        <w:alias w:val="Priority"/>
+        <w:tag w:val="Priority"/>
+        <w:id w:val="1274295919"/>
+        <w:placeholder>
+          <w:docPart w:val="C629C29145664330A587E9A93F80EE40"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w15:appearance w15:val="hidden"/>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="7E0CB0BD" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+          <w:pPr>
+            <w:ind w:left="360"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007509F3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="47E53CB8" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:pStyle w:val="123Numbering"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">ank of </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Budget Code</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="FormText"/>
+        </w:rPr>
+        <w:alias w:val="Priority"/>
+        <w:tag w:val="Priority"/>
+        <w:id w:val="-2017994663"/>
+        <w:placeholder>
+          <w:docPart w:val="495842C8F08A4973A6A8AD3D135CF98D"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w15:appearance w15:val="hidden"/>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="405734A3" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="001415A5" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+          <w:pPr>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:rStyle w:val="normaltextrun"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="007509F3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="6C8B2A3A" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:pStyle w:val="123Numbering"/>
+      </w:pPr>
       <w:r>
-        <w:t>equest</w:t>
+        <w:t>Priority rank of request</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A5538D9" w14:textId="61CF08EF" w:rsidR="002230B3" w:rsidRPr="00FF7A76" w:rsidRDefault="7A3F4CEA" w:rsidP="758B042B">
+    <w:p w14:paraId="31DFEB2E" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00FF7A76" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF7A76">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">requests should have the same rank. </w:t>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To be completed by agency leadership upon review of all departmental JDFs. No two requests should have the same rank. </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="FormText"/>
         </w:rPr>
         <w:alias w:val="Priority"/>
         <w:tag w:val="Priority"/>
-        <w:id w:val="-2017994663"/>
-        <w:lock w:val="sdtLocked"/>
+        <w:id w:val="-1800368155"/>
         <w:placeholder>
-          <w:docPart w:val="316B9A9FDBDA4B75942627B0D2E0E09D"/>
+          <w:docPart w:val="0FE3124DEC944F1FBA56CAB1D2A12ABB"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="5699B71B" w14:textId="1B8CB7D3" w:rsidR="002230B3" w:rsidRPr="001415A5" w:rsidRDefault="009D3A7A" w:rsidP="001415A5">
+        <w:p w14:paraId="764E2424" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
           <w:pPr>
             <w:ind w:left="360"/>
-            <w:rPr>
-[...1 lines deleted...]
-            </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="006B0DD3">
+          <w:r w:rsidRPr="007509F3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="7EE297B6" w14:textId="26F98356" w:rsidR="002230B3" w:rsidRDefault="7A97380C" w:rsidP="00D81471">
+    <w:p w14:paraId="2ECD7084" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
       </w:pPr>
       <w:r>
-        <w:t>Title of</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00854EF2">
+        <w:t xml:space="preserve">Title of request </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="FormText"/>
         </w:rPr>
         <w:alias w:val="Request_Title"/>
         <w:tag w:val="Request_Title"/>
         <w:id w:val="-263150693"/>
-        <w:lock w:val="sdtLocked"/>
         <w:placeholder>
-          <w:docPart w:val="4D4506F7741442CDB77C2084491E90A8"/>
+          <w:docPart w:val="FA0ED5615F84491D9C9526077930630C"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="178343A2" w14:textId="4CA0288D" w:rsidR="006041A7" w:rsidRPr="00684832" w:rsidRDefault="009D3A7A" w:rsidP="006041A7">
+        <w:p w14:paraId="1A62401D" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00684832" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
           <w:pPr>
             <w:ind w:left="360"/>
           </w:pPr>
-          <w:r w:rsidRPr="00684832">
+          <w:r w:rsidRPr="007509F3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3921518C" w14:textId="6DDDA39B" w:rsidR="00957868" w:rsidRDefault="6CB503CA" w:rsidP="00D81471">
+    <w:p w14:paraId="464248F0" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Name of </w:t>
-[...11 lines deleted...]
-        <w:t>ompleted the JDF</w:t>
+        <w:t>Name of individual(s) who completed the JDF</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29795ABE" w14:textId="712B2AF6" w:rsidR="00133C7E" w:rsidRPr="00FF7A76" w:rsidRDefault="6B29CD02" w:rsidP="00133C7E">
+    <w:p w14:paraId="77F50610" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00FF7A76" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="717A3C0D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
-[...246 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Who are the best contacts for questions about this JDF outside of the budget office? OSBM will also use this contact information if a consultation is requested (per Questions 11, 12, and 14). OSBM includes the budget office on all communications involving budget requests.   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10204" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4410"/>
         <w:gridCol w:w="5794"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0009651D" w14:paraId="23E073F0" w14:textId="77777777" w:rsidTr="00FC498E">
+      <w:tr w:rsidR="00F32CF4" w:rsidRPr="0021678B" w14:paraId="63271404" w14:textId="77777777" w:rsidTr="00AD7BF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C545EC1" w14:textId="1A7BA428" w:rsidR="0009651D" w:rsidRPr="00D31AEC" w:rsidRDefault="0009651D" w:rsidP="00054EFC">
+          <w:p w14:paraId="0DF67CB7" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="0021678B" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:ind w:left="250" w:hanging="339"/>
               <w:rPr>
-                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31AEC">
-[...5 lines deleted...]
-            <w:r w:rsidR="00D31AEC" w:rsidRPr="00D31AEC">
+            <w:r w:rsidRPr="0021678B">
               <w:rPr>
-                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">Name:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormText"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:alias w:val="Name1"/>
                 <w:tag w:val="Name1"/>
                 <w:id w:val="636223039"/>
-                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="2BA5558DEC014322A5F82609E11B95EB"/>
+                  <w:docPart w:val="65BF973C9AF447069BF0511AAE85EA4C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
-                  <w:color w:val="E7E6E6" w:themeColor="background2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="009D3A7A" w:rsidRPr="00D31AEC">
+                <w:r w:rsidRPr="0021678B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B088C73" w14:textId="72BBB1B6" w:rsidR="0009651D" w:rsidRPr="00D31AEC" w:rsidRDefault="0009651D" w:rsidP="00133C7E">
+          <w:p w14:paraId="441B3758" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="0021678B" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31AEC">
+            <w:r w:rsidRPr="0021678B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormText"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:alias w:val="Name2"/>
                 <w:tag w:val="Name2"/>
                 <w:id w:val="634148183"/>
-                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="A967B7DDD4D5430F8095EFEE38B9A673"/>
+                  <w:docPart w:val="EBEDBCE5C3344B8B833A1F594FA20210"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
-                  <w:color w:val="E7E6E6" w:themeColor="background2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="003F3424" w:rsidRPr="00D31AEC">
+                <w:r w:rsidRPr="0021678B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009651D" w14:paraId="5AE6E8B6" w14:textId="77777777" w:rsidTr="0009651D">
+      <w:tr w:rsidR="00F32CF4" w:rsidRPr="0021678B" w14:paraId="09D2A4CF" w14:textId="77777777" w:rsidTr="00AD7BF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74CC8537" w14:textId="643C03C7" w:rsidR="0009651D" w:rsidRPr="00D31AEC" w:rsidRDefault="0009651D" w:rsidP="00054EFC">
+          <w:p w14:paraId="6D37D09E" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="0021678B" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:ind w:left="-110"/>
               <w:rPr>
-                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31AEC">
-[...5 lines deleted...]
-            <w:r w:rsidR="001A3F2B" w:rsidRPr="00D31AEC">
+            <w:r w:rsidRPr="0021678B">
               <w:rPr>
-                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Title:     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormText"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:alias w:val="Title1"/>
                 <w:tag w:val="Title1"/>
                 <w:id w:val="1834796241"/>
-                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="8DA6316564B947C6A6E850DF6F8CDAFD"/>
+                  <w:docPart w:val="E9C110350B584A6BA5896B608B02FA83"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
-                  <w:color w:val="E7E6E6" w:themeColor="background2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="003F3424" w:rsidRPr="00D31AEC">
+                <w:r w:rsidRPr="0021678B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDC40FA" w14:textId="31737443" w:rsidR="0009651D" w:rsidRPr="00D31AEC" w:rsidRDefault="0009651D" w:rsidP="00133C7E">
+          <w:p w14:paraId="114B1E35" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="0021678B" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:rPr>
-                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D31AEC">
-[...5 lines deleted...]
-            <w:r w:rsidR="001A3F2B" w:rsidRPr="00D31AEC">
+            <w:r w:rsidRPr="0021678B">
               <w:rPr>
-                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Title:    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormText"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:alias w:val="Title2"/>
                 <w:tag w:val="Title2"/>
                 <w:id w:val="-1282954208"/>
-                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="0F787BFF57D44C0296091277B869273D"/>
-[...55 lines deleted...]
-                  <w:docPart w:val="BC8D064DC5E6471E9F4DDAB45731B0FD"/>
+                  <w:docPart w:val="2FA4B3F8D16D4699BCB0CF69F205BAE3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="003F3424" w:rsidRPr="003F3424">
+                <w:r w:rsidRPr="0021678B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F32CF4" w:rsidRPr="0021678B" w14:paraId="1B8A0FE5" w14:textId="77777777" w:rsidTr="00AD7BF2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71094C99" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="0021678B" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+            <w:pPr>
+              <w:ind w:left="-110"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021678B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email:   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="FormText"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                </w:rPr>
+                <w:alias w:val="Email1"/>
+                <w:tag w:val="Email1"/>
+                <w:id w:val="-1226752520"/>
+                <w:placeholder>
+                  <w:docPart w:val="E27247BDAE624F95BBD9A877081D32E7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w15:appearance w15:val="hidden"/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="DefaultParagraphFont"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="0021678B">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5794" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3594D6EC" w14:textId="1497C8C5" w:rsidR="0009651D" w:rsidRDefault="0009651D" w:rsidP="00133C7E">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="0CCC7AA7" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="0021678B" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0021678B">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                </w:rPr>
                 <w:alias w:val="Email2"/>
                 <w:tag w:val="Email2"/>
                 <w:id w:val="1502239008"/>
-                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="F9808C09210B43E7BFC1E444B990D35B"/>
+                  <w:docPart w:val="C935EC7FDFAA435CA801F4349E378E3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00754F58" w:rsidRPr="006B0DD3">
+                <w:r w:rsidRPr="0021678B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="000000" w:themeColor="text1"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="31D5B97F" w14:textId="77777777" w:rsidR="00133C7E" w:rsidRDefault="00133C7E" w:rsidP="00E17CF9"/>
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1A9072A6" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="0021678B" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="328B1575" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:r>
-        <w:t xml:space="preserve">Funding and FTE </w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4300092F" w14:textId="60DFC122" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F32CF4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Funding and FTE Requested</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9000" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2085"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="3475"/>
+        <w:gridCol w:w="2525"/>
+        <w:gridCol w:w="3000"/>
       </w:tblGrid>
-      <w:tr w:rsidR="272ECCA8" w14:paraId="2591F3B9" w14:textId="77777777" w:rsidTr="758B042B">
+      <w:tr w:rsidR="00F32CF4" w14:paraId="0E44C595" w14:textId="77777777" w:rsidTr="00AD7BF2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51CAA881" w14:textId="5C7EF2A9" w:rsidR="272ECCA8" w:rsidRDefault="272ECCA8" w:rsidP="272ECCA8">
+          <w:p w14:paraId="1A980B28" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="42BF71AB" w14:textId="3B26B4E6" w:rsidR="0A35A857" w:rsidRDefault="0A35A857" w:rsidP="758B042B">
+          <w:p w14:paraId="55F0B461" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="758B042B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FY2025-26 </w:t>
+              <w:t>FY202</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>FY2026-27</w:t>
+              <w:t>6-27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="758B042B" w14:paraId="2179DC78" w14:textId="77777777" w:rsidTr="758B042B">
+      <w:tr w:rsidR="00F32CF4" w14:paraId="3A85EE84" w14:textId="77777777" w:rsidTr="00AD7BF2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D857A4" w14:textId="0EFB9C5B" w:rsidR="758B042B" w:rsidRDefault="758B042B" w:rsidP="758B042B">
+          <w:p w14:paraId="7F5C9E85" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="159DE6DF" w14:textId="6AB24D96" w:rsidR="758B042B" w:rsidRDefault="758B042B" w:rsidP="009D74C9">
+          <w:p w14:paraId="1F3A59C4" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="758B042B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Recurring</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDB6F82" w14:textId="03B73FEF" w:rsidR="758B042B" w:rsidRDefault="758B042B" w:rsidP="009D74C9">
-[...45 lines deleted...]
-          <w:p w14:paraId="662D9AEE" w14:textId="03B73FEF" w:rsidR="758B042B" w:rsidRDefault="758B042B" w:rsidP="009D74C9">
+          <w:p w14:paraId="1C927B03" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="758B042B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Nonrecurring</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="272ECCA8" w14:paraId="63C9B96E" w14:textId="77777777" w:rsidTr="758B042B">
+      <w:tr w:rsidR="00F32CF4" w:rsidRPr="006B0DD3" w14:paraId="725D26F3" w14:textId="77777777" w:rsidTr="00AD7BF2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F22DF00" w14:textId="3163BDA0" w:rsidR="4C99C0E7" w:rsidRDefault="4C99C0E7" w:rsidP="272ECCA8">
+          <w:p w14:paraId="3F1C2248" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="272ECCA8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="465B6D07" w14:textId="395FF7A4" w:rsidR="272ECCA8" w:rsidRPr="006B0DD3" w:rsidRDefault="00D8695B" w:rsidP="009D74C9">
+          <w:p w14:paraId="355C0650" w14:textId="382F8B65" w:rsidR="00F32CF4" w:rsidRPr="006231D0" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="FormText"/>
                 </w:rPr>
                 <w:alias w:val="Reqr26"/>
                 <w:tag w:val="Reqr26"/>
                 <w:id w:val="462928547"/>
-                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="A8C51B465FEE4214ADF0C83A4F45957F"/>
+                  <w:docPart w:val="FFDA4869103344B691056D28C5B49F96"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:appearance w15:val="hidden"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
-                  <w:color w:val="E7E6E6" w:themeColor="background2"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00754F58" w:rsidRPr="006B0DD3">
+                <w:r w:rsidR="00F32CF4" w:rsidRPr="007509F3">
                   <w:rPr>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
-                  <w:t>Click to enter</w:t>
-[...6 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t>Click to enter.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="FormText"/>
             </w:rPr>
             <w:alias w:val="Reqnr26"/>
             <w:tag w:val="Reqnr26"/>
             <w:id w:val="1103463866"/>
-            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="8EC46CAC24C741F98A006822D0B182AB"/>
+              <w:docPart w:val="D5DA3A5830924A968DBAF7CF78CD52F4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w15:appearance w15:val="hidden"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1800" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5BD0AA56" w14:textId="7FC1AD98" w:rsidR="272ECCA8" w:rsidRPr="006B0DD3" w:rsidRDefault="00754F58" w:rsidP="009D74C9">
+              <w:p w14:paraId="266B02F5" w14:textId="7BD1E2D7" w:rsidR="00F32CF4" w:rsidRPr="00BD2702" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
                 <w:pPr>
                   <w:jc w:val="right"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006B0DD3">
+                <w:r w:rsidRPr="007509F3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-[...90 lines deleted...]
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click to enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="272ECCA8" w14:paraId="4865851D" w14:textId="77777777" w:rsidTr="758B042B">
+      <w:tr w:rsidR="00F32CF4" w:rsidRPr="006B0DD3" w14:paraId="15F1A10F" w14:textId="77777777" w:rsidTr="00AD7BF2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4353AB65" w14:textId="0DE8D058" w:rsidR="4C99C0E7" w:rsidRDefault="4C99C0E7" w:rsidP="272ECCA8">
+          <w:p w14:paraId="7AAC3016" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="272ECCA8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Receipts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="FormText"/>
             </w:rPr>
             <w:alias w:val="Recr26"/>
             <w:tag w:val="Recr26"/>
             <w:id w:val="-1132173442"/>
-            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="A7803B85AD5A488DA7C184C5356FCFEC"/>
+              <w:docPart w:val="72924835386D46DBA4A01FA0E8A17A90"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w15:appearance w15:val="hidden"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1515" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5643F197" w14:textId="4CB7B6F1" w:rsidR="272ECCA8" w:rsidRPr="006B0DD3" w:rsidRDefault="00754F58" w:rsidP="009D74C9">
+              <w:p w14:paraId="3ABDA6EA" w14:textId="453F0F2C" w:rsidR="00F32CF4" w:rsidRPr="00BD2702" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
                 <w:pPr>
                   <w:jc w:val="right"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00573A76">
+                <w:r w:rsidRPr="007509F3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-[...106 lines deleted...]
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click to enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="FormText"/>
             </w:rPr>
-            <w:alias w:val="Recnr27"/>
-[...2 lines deleted...]
-            <w:lock w:val="sdtLocked"/>
+            <w:alias w:val="Reqnr26"/>
+            <w:tag w:val="Reqnr26"/>
+            <w:id w:val="-880780336"/>
             <w:placeholder>
-              <w:docPart w:val="F0D32510514E408CA7C9C6FDDD9FBB03"/>
+              <w:docPart w:val="BEF64F1F0B114ECEBE814C2DA6A77FCC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w15:appearance w15:val="hidden"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1800" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="3A7B48B0" w14:textId="4148FA6B" w:rsidR="272ECCA8" w:rsidRPr="006B0DD3" w:rsidRDefault="00754F58" w:rsidP="009D74C9">
+              <w:p w14:paraId="18B940A4" w14:textId="4E37D789" w:rsidR="00F32CF4" w:rsidRPr="00BD2702" w:rsidRDefault="00A62837" w:rsidP="00AD7BF2">
                 <w:pPr>
                   <w:jc w:val="right"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006B0DD3">
+                <w:r w:rsidRPr="007509F3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click to enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="272ECCA8" w14:paraId="59198B6A" w14:textId="77777777" w:rsidTr="758B042B">
+      <w:tr w:rsidR="00F32CF4" w:rsidRPr="006B0DD3" w14:paraId="6C9E202B" w14:textId="77777777" w:rsidTr="00AD7BF2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD434B6" w14:textId="56C9DB28" w:rsidR="4C99C0E7" w:rsidRDefault="4C99C0E7" w:rsidP="272ECCA8">
+          <w:p w14:paraId="71BC68E1" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="272ECCA8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Net Appropriation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="FormText"/>
             </w:rPr>
             <w:alias w:val="Netr26"/>
             <w:tag w:val="Netr26"/>
             <w:id w:val="202289004"/>
-            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="8576F947EAFA4D42AD978D5839A9056F"/>
+              <w:docPart w:val="922C729AEE4F4F0BB93A6B7BCEA22D40"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w15:appearance w15:val="hidden"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1515" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="244FB366" w14:textId="14F6AE4C" w:rsidR="272ECCA8" w:rsidRPr="006B0DD3" w:rsidRDefault="00754F58" w:rsidP="009D74C9">
+              <w:p w14:paraId="641074ED" w14:textId="38DBD7E5" w:rsidR="00F32CF4" w:rsidRPr="00BD2702" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
                 <w:pPr>
                   <w:jc w:val="right"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006B0DD3">
+                <w:r w:rsidRPr="007509F3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click to enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="FormText"/>
             </w:rPr>
             <w:alias w:val="Netnr26"/>
             <w:tag w:val="Netnr26"/>
             <w:id w:val="1032926610"/>
-            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="74BEAE7F3CFB4ABAAA83B46AC48DF032"/>
+              <w:docPart w:val="4B3B81084CAB4E6C8930EB89ADC042F5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w15:appearance w15:val="hidden"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1800" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="43EE3897" w14:textId="77601E74" w:rsidR="272ECCA8" w:rsidRPr="006B0DD3" w:rsidRDefault="00754F58" w:rsidP="009D74C9">
+              <w:p w14:paraId="6662853B" w14:textId="315ED72E" w:rsidR="00F32CF4" w:rsidRPr="00BD2702" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
                 <w:pPr>
                   <w:jc w:val="right"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006B0DD3">
+                <w:r w:rsidRPr="007509F3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-[...90 lines deleted...]
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click to enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="272ECCA8" w14:paraId="3F2FFE6B" w14:textId="77777777" w:rsidTr="758B042B">
+      <w:tr w:rsidR="00F32CF4" w:rsidRPr="006B0DD3" w14:paraId="1EF469F8" w14:textId="77777777" w:rsidTr="00AD7BF2">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA257BB" w14:textId="1FD9A8B9" w:rsidR="4C99C0E7" w:rsidRDefault="4C99C0E7" w:rsidP="272ECCA8">
+          <w:p w14:paraId="0944F581" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="272ECCA8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>FTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="FormText"/>
             </w:rPr>
             <w:alias w:val="FTEr26"/>
             <w:tag w:val="FTEr26"/>
             <w:id w:val="-298304893"/>
-            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="EBE2C55CB45A4C55AAABF7F707E708D4"/>
+              <w:docPart w:val="38962595A6654C519E97070F74CE875E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w15:appearance w15:val="hidden"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1515" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="25006D28" w14:textId="70CCD1AE" w:rsidR="272ECCA8" w:rsidRPr="006B0DD3" w:rsidRDefault="00754F58" w:rsidP="009D74C9">
+              <w:p w14:paraId="358B0E49" w14:textId="147A2373" w:rsidR="00F32CF4" w:rsidRPr="00BD2702" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
                 <w:pPr>
                   <w:jc w:val="right"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006B0DD3">
+                <w:r w:rsidRPr="007509F3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click to enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="FormText"/>
             </w:rPr>
             <w:alias w:val="FTEnr26"/>
             <w:tag w:val="FTEnr26"/>
             <w:id w:val="717950159"/>
-            <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="EAC4E2A40BC540E287DD27DA5DD07D53"/>
+              <w:docPart w:val="2335C222956347099CDABDF4DDE1885F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w15:appearance w15:val="hidden"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="DefaultParagraphFont"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1800" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="0866FE8C" w14:textId="0246B8BA" w:rsidR="272ECCA8" w:rsidRPr="006B0DD3" w:rsidRDefault="00754F58" w:rsidP="001A3F2B">
+              <w:p w14:paraId="32AFD7BE" w14:textId="70FD14AF" w:rsidR="00F32CF4" w:rsidRPr="00BD2702" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
                 <w:pPr>
                   <w:jc w:val="right"/>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="006B0DD3">
+                <w:r w:rsidRPr="007509F3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="E7E6E6" w:themeColor="background2"/>
-                    <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
                   </w:rPr>
                   <w:t>Click to enter.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:sdt>
-[...102 lines deleted...]
-        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DA243BA" w14:textId="77777777" w:rsidR="002230B3" w:rsidRPr="00191C17" w:rsidRDefault="002230B3" w:rsidP="00191C17">
-      <w:pPr>
+    <w:p w14:paraId="5C99467C" w14:textId="2CCE0DD6" w:rsidR="00F32CF4" w:rsidRPr="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
         <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B8E6B54" w14:textId="0F0B63CB" w:rsidR="00F32CF4" w:rsidRPr="00393A08" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...17 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00393A08">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Request summary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4686CA90" w14:textId="71680327" w:rsidR="00834FE8" w:rsidRPr="004F09DB" w:rsidRDefault="00A51F8C" w:rsidP="00573A76">
+    <w:p w14:paraId="01B84FF5" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="004F09DB" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="PromptInstruct"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F09DB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Summarize your request in three to five sentences, including information on the specific activities, functions, </w:t>
-[...35 lines deleted...]
-        <w:t>(if any) that will be provided if this request is funded.</w:t>
+        <w:t>Summarize your request in three to five sentences, including information on the specific activities, functions, and services (if any) that will be provided if this request is funded.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="FormText"/>
         </w:rPr>
         <w:alias w:val="RequestSummary"/>
         <w:tag w:val="RequestSummary"/>
         <w:id w:val="812906408"/>
-        <w:lock w:val="sdtLocked"/>
         <w:placeholder>
-          <w:docPart w:val="0B01DAA86CB04747857F2BE2A1AD53FA"/>
+          <w:docPart w:val="521F73BDCF2440FC92D12B801CC254C0"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="6146BD48" w14:textId="742A1676" w:rsidR="00F009E8" w:rsidRPr="00683858" w:rsidRDefault="0071141E" w:rsidP="0071141E">
+        <w:p w14:paraId="16E026B3" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00683858" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:ind w:left="360"/>
           </w:pPr>
-          <w:r w:rsidRPr="006F378B">
+          <w:r w:rsidRPr="007509F3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
-[...18 lines deleted...]
-            <w:t>.</w:t>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text .</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="31529D89" w14:textId="77777777" w:rsidR="00A16DE0" w:rsidRPr="00593885" w:rsidRDefault="00A16DE0" w:rsidP="00A16DE0">
+    <w:p w14:paraId="30395974" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00593885" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Does this request require an IT survey?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497252A2" w14:textId="3104E0BA" w:rsidR="00A16DE0" w:rsidRPr="004F09DB" w:rsidRDefault="00A16DE0" w:rsidP="00666FBF">
+    <w:p w14:paraId="23297901" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="004F09DB" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F09DB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+            <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:id w:val="940877853"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="EE86F63050444C02A6CEE52EFD3C608B"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:color w:val="467886" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:hyperlink r:id="rId11" w:history="1">
-            <w:r w:rsidR="00725834" w:rsidRPr="004F09DB">
+          <w:hyperlink r:id="rId10" w:history="1">
+            <w:r w:rsidRPr="004F09DB">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>IT Survey Job Aid</w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="00725834" w:rsidRPr="004F09DB">
+          <w:r w:rsidRPr="004F09DB">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="004F09DB">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>to determine if an IT survey is required. </w:t>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F09DB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>determine if an IT survey is required. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D8DDBA" w14:textId="45D5B7DF" w:rsidR="00A16DE0" w:rsidRDefault="00D8695B" w:rsidP="00A16DE0">
+    <w:p w14:paraId="0913E83E" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="446"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="ITYes"/>
           <w:tag w:val="ITYes"/>
           <w:id w:val="1208381652"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
+          <w:r w:rsidR="00F32CF4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00A16DE0">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BF1059" w14:textId="22F6BF94" w:rsidR="00A16DE0" w:rsidRPr="00593885" w:rsidRDefault="00D8695B" w:rsidP="00A16DE0">
+    <w:p w14:paraId="5BC153EF" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:ind w:left="450"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="ITNo"/>
           <w:tag w:val="ITNo"/>
           <w:id w:val="-81150658"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
+          <w:r w:rsidR="00F32CF4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00A16DE0">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE35B02" w14:textId="2AE653C8" w:rsidR="00D06F7B" w:rsidRDefault="001C6450" w:rsidP="002B013D">
-[...527 lines deleted...]
-        <w:pStyle w:val="PromptInstruct"/>
+    <w:p w14:paraId="22BDE79F" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00593885" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
-[...58 lines deleted...]
-        <w:t>(select all that apply)?</w:t>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Is this request related to Hurricane Helene?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4D7D6F" w14:textId="7EAE1F6E" w:rsidR="630D89C0" w:rsidRPr="0095430C" w:rsidRDefault="00D8695B" w:rsidP="00331061">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6A6B7289" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
-        <w:ind w:left="810" w:hanging="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="446"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_No_eval"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="ITYes"/>
+          <w:tag w:val="ITYes"/>
+          <w:id w:val="538715487"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
+          <w:r w:rsidR="00F32CF4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C645CD1" w14:textId="5E92C9C3" w:rsidR="630D89C0" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3715DF51" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00593885" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
-        <w:ind w:left="810" w:hanging="360"/>
+        <w:ind w:left="450"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_Resources"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="ITNo"/>
+          <w:tag w:val="ITNo"/>
+          <w:id w:val="-181053412"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
+          <w:r w:rsidR="00F32CF4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>We measure resources (e.g. staff, material expenses) required to deploy the service or initiative.</w:t>
+        <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD19985" w14:textId="6711BC06" w:rsidR="630D89C0" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="5D24EF54" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="123Numbering"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Problem or opportunity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFE5F9A" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00B73C1E" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="PromptInstruct"/>
+        <w:rPr>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What problem or opportunity does this request seek to address? What happens if this request is not funded?</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="FormText"/>
+        </w:rPr>
+        <w:alias w:val="ProblemOpportunity"/>
+        <w:tag w:val="ProblemOpportunity"/>
+        <w:id w:val="-1463186359"/>
+        <w:placeholder>
+          <w:docPart w:val="01B134C7E7DF42B7B8A4C0BCD04FCD74"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w15:appearance w15:val="hidden"/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="75A67AF9" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="000179C7" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+          <w:pPr>
+            <w:ind w:left="360"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007509F3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="0EC88F2E" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00A51B1D" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="123Numbering"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A51B1D">
+        <w:t>Expected outputs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F29A0C4" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00B73C1E" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="PromptInstruct"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What output(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s)—</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that is, units of a service or product (e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>g. #</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trainings </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>delivered, #</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> people served, miles of highway constructed)—does the agency expect to deliver if this request is funded?</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="FormText"/>
+        </w:rPr>
+        <w:alias w:val="ExpectedOutputs"/>
+        <w:tag w:val="ExpectedOutputs"/>
+        <w:id w:val="-471980906"/>
+        <w:placeholder>
+          <w:docPart w:val="8C251130130A4E9A9B6D6A6AC051B25A"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w15:appearance w15:val="hidden"/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="3B095CDD" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00B90E4A" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+          <w:pPr>
+            <w:ind w:left="360"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007509F3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="713C6612" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="123Numbering"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Expected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00570FB6">
+        <w:t xml:space="preserve"> outcomes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3524ADEF" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00B73C1E" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="PromptInstruct"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What improved outcome(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s)—</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that is, improvements in a result(s) relative to if the request was not funded (e.g. 15% increase in customer satisfaction, 5% decrease in unemployment, 10% less peak traffic congestion) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>does</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the agency expect?</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="FormText"/>
+        </w:rPr>
+        <w:alias w:val="ExpectedOutcomes"/>
+        <w:tag w:val="ExpectedOutcomes"/>
+        <w:id w:val="1450666262"/>
+        <w:placeholder>
+          <w:docPart w:val="79425F553F7A47CD9570BCCA2909B7A0"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w15:appearance w15:val="hidden"/>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="DefaultParagraphFont"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w14:paraId="5B318B28" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="000179C7" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+          <w:pPr>
+            <w:spacing w:after="158"/>
+            <w:ind w:left="360"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="007509F3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="16B45580" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="123Numbering"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6EDA2A82">
+        <w:t>Current evaluation methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F40CC6B" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00B73C1E" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="PromptInstruct"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B73C1E">
+        <w:rPr>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If this request is for an existing program or service, what methods do you currently rely on to evaluate this program or service (select all that apply)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EEF233" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="0095430C" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_People"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Current_No_eval"/>
+          <w:tag w:val="No_eval"/>
+          <w:id w:val="1590472528"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
-[...1 lines deleted...]
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:r w:rsidR="00F32CF4" w:rsidRPr="28C29402">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
+      <w:r w:rsidR="00F32CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>We measure how many people use the service or initiative.</w:t>
+        <w:t>This program or service is not evaluated.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51757792" w14:textId="67B0B6F8" w:rsidR="630D89C0" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="50CE5363" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_Qualitative"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Current_Resources"/>
+          <w:tag w:val="Resources"/>
+          <w:id w:val="369871227"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
-[...1 lines deleted...]
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:r w:rsidR="00F32CF4" w:rsidRPr="28C29402">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
+      <w:r w:rsidR="00F32CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>We conduct focus groups, surveys, or other qualitative methods that ask people about their experience with the service/initiative.</w:t>
+        <w:t>Resources required to deploy the service or initiative (e.g. staff, material expenses) are measured.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7961A0D6" w14:textId="39EACD49" w:rsidR="630D89C0" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="1661D409" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_Outcomes"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Current_People"/>
+          <w:tag w:val="People"/>
+          <w:id w:val="1130805655"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
-[...1 lines deleted...]
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:r w:rsidR="00F32CF4" w:rsidRPr="28C29402">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
+      <w:r w:rsidR="00F32CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>We measure outcomes at a point in time or over time (e.g. monthly or quarterly reports of student test scores, average wages, crime reports, park admissions, medical claims, etc.).</w:t>
+        <w:t>How many people use the service or initiative is measured.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DF23BA" w14:textId="0469D536" w:rsidR="630D89C0" w:rsidRDefault="00D8695B" w:rsidP="001A3F2B">
+    <w:p w14:paraId="4210134B" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_Econometric"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Current_Qualitative"/>
+          <w:tag w:val="Qualitative"/>
+          <w:id w:val="1338824838"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
-[...1 lines deleted...]
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:r w:rsidR="00F32CF4" w:rsidRPr="28C29402">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
+      <w:r w:rsidR="00F32CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Focus groups, surveys, or other qualitative methods that ask people about their experience with the service/initiative are conducted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A051970" w14:textId="7BED3024" w:rsidR="630D89C0" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="7DC0FCA8" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_RCT"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Current_Outcomes"/>
+          <w:tag w:val="Outcomes"/>
+          <w:id w:val="869136088"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
-[...1 lines deleted...]
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:r w:rsidR="00F32CF4" w:rsidRPr="28C29402">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
+      <w:r w:rsidR="00F32CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>We measure causal impact with a randomized control trial (RCT).</w:t>
+        <w:t xml:space="preserve">Outcomes at a point in time or over time (e.g. monthly or quarterly reports </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F32CF4">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F32CF4">
+        <w:t xml:space="preserve"> student test scores, average wages, crime reports, park admissions, medical claims, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D3EDEE" w14:textId="359CD242" w:rsidR="001A3F2B" w:rsidRDefault="00D8695B" w:rsidP="001A3F2B">
+    <w:p w14:paraId="6FA9C61E" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_NewNA"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Current_Econometric"/>
+          <w:tag w:val="Econometric"/>
+          <w:id w:val="1311389430"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
-[...1 lines deleted...]
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:r w:rsidR="00F32CF4" w:rsidRPr="28C29402">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
+      <w:r w:rsidR="00F32CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>Request is for new program – N/A</w:t>
+        <w:t>The causal impact is measured with econometric methods.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD4FA03" w14:textId="05E1AF6C" w:rsidR="0051635E" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="5F226E4C" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_Not_sure"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Current_RCT"/>
+          <w:tag w:val="RCT"/>
+          <w:id w:val="1862761624"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
-[...1 lines deleted...]
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+          <w:r w:rsidR="00F32CF4" w:rsidRPr="28C29402">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="001C26E7">
-[...2 lines deleted...]
-      <w:r w:rsidR="0033514E">
+      <w:r w:rsidR="00F32CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F145DF">
-[...9 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00F32CF4">
+        <w:tab/>
+        <w:t>The causal impact is measured with a randomized control trial (RCT).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E68ADA6" w14:textId="139BF451" w:rsidR="00AE6D32" w:rsidRPr="00C85E24" w:rsidRDefault="00D8695B" w:rsidP="002A3B64">
+    <w:p w14:paraId="46EE4E1F" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="Current_Other"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Current_NewNA"/>
+          <w:tag w:val="NewNA"/>
+          <w:id w:val="1592839003"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64">
+          <w:r w:rsidR="00F32CF4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="630D89C0">
+      <w:r w:rsidR="00F32CF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7">
+      <w:r w:rsidR="00F32CF4">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidR="630D89C0">
+        <w:t>Request is for new program – N/A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F37E669" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="810" w:hanging="360"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Current_Not_sure"/>
+          <w:tag w:val="Not_sure"/>
+          <w:id w:val="-324819623"/>
+          <w15:appearance w15:val="hidden"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F32CF4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F32CF4">
+        <w:t xml:space="preserve">   I am not sure how to answer. Please have someone from OSBM contact me to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F32CF4">
+        <w:t>discuss</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F32CF4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8F1A3E" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00C85E24" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="810" w:hanging="360"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="Current_Other"/>
+          <w:tag w:val="Other"/>
+          <w:id w:val="1367743946"/>
+          <w15:appearance w15:val="hidden"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00F32CF4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00F32CF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32CF4">
+        <w:tab/>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C36562" w14:textId="577760DC" w:rsidR="0063405A" w:rsidRDefault="25A065F1" w:rsidP="002B013D">
+    <w:p w14:paraId="32EE9D08" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="302DA5E6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Level of </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Level of supporting evidence for request </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2720F756" w14:textId="078B69F5" w:rsidR="00C17D34" w:rsidRPr="008643B3" w:rsidRDefault="53AD6BA6" w:rsidP="00DF796F">
+    <w:p w14:paraId="070B13F3" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="008643B3" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="PromptInstruct"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:textFill>
             <w14:solidFill>
               <w14:schemeClr w14:val="tx1">
                 <w14:lumMod w14:val="65000"/>
                 <w14:lumMod w14:val="65000"/>
                 <w14:lumMod w14:val="65000"/>
               </w14:schemeClr>
             </w14:solidFill>
           </w14:textFill>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008643B3">
         <w:rPr>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Based on the</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Based on the </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1851554174"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="EE86F63050444C02A6CEE52EFD3C608B"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:hyperlink r:id="rId12" w:history="1">
-            <w:r w:rsidR="00666FBF" w:rsidRPr="008643B3">
+          <w:hyperlink r:id="rId11" w:history="1">
+            <w:r w:rsidRPr="008643B3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>North Carolina Evidence Scale</w:t>
             </w:r>
           </w:hyperlink>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="008643B3">
         <w:rPr>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        <w:t>rate</w:t>
+        <w:t>, rate the level of evidence that supports why the request, if funded, will achieve the expected outcomes. If mixed effects, theory-based, or promising – which will be most programs and services – then strongly consider including a request for funding to evaluate.</w:t>
       </w:r>
       <w:r w:rsidRPr="008643B3">
         <w:rPr>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
-[...86 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-15924254"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
-          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          <w:docPart w:val="EE86F63050444C02A6CEE52EFD3C608B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="36BD52C5" w14:textId="3575D1B8" w:rsidR="00C17D34" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+        <w:p w14:paraId="4F091529" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:ind w:left="810" w:hanging="360"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Proven"/>
               <w:tag w:val="Proven"/>
               <w:id w:val="1409338964"/>
-              <w:lock w:val="sdtLocked"/>
               <w15:appearance w15:val="hidden"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00262E64">
+              <w:r w:rsidR="00F32CF4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:r w:rsidR="00C17D34">
+          <w:r w:rsidR="00F32CF4">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00E539F7">
+          <w:r w:rsidR="00F32CF4">
             <w:tab/>
-          </w:r>
-          <w:r w:rsidR="00C17D34">
             <w:t>Proven Effective</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="181D0FB5" w14:textId="110356D7" w:rsidR="00C17D34" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+        <w:p w14:paraId="2A7DB577" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:ind w:left="810" w:hanging="360"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Promising"/>
               <w:tag w:val="Promising"/>
               <w:id w:val="-710644506"/>
-              <w:lock w:val="sdtLocked"/>
               <w15:appearance w15:val="hidden"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00262E64">
+              <w:r w:rsidR="00F32CF4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:r w:rsidR="00C17D34">
+          <w:r w:rsidR="00F32CF4">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00E539F7">
+          <w:r w:rsidR="00F32CF4">
             <w:tab/>
-          </w:r>
-          <w:r w:rsidR="00C17D34">
             <w:t>Promising</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2DF058D0" w14:textId="569C18F0" w:rsidR="00C17D34" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+        <w:p w14:paraId="33A75B77" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:ind w:left="810" w:hanging="360"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Theory"/>
               <w:tag w:val="Theory"/>
               <w:id w:val="-23784984"/>
-              <w:lock w:val="sdtLocked"/>
               <w15:appearance w15:val="hidden"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004447F9">
+              <w:r w:rsidR="00F32CF4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:r w:rsidR="00C17D34">
+          <w:r w:rsidR="00F32CF4">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00E539F7">
+          <w:r w:rsidR="00F32CF4">
             <w:tab/>
-          </w:r>
-          <w:r w:rsidR="00C17D34">
             <w:t>Theory-based</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="788BF708" w14:textId="646A2F60" w:rsidR="00C17D34" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+        <w:p w14:paraId="366CB7C7" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:ind w:left="810" w:hanging="360"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Mixed"/>
               <w:tag w:val="Mixed"/>
               <w:id w:val="1055894005"/>
-              <w:lock w:val="sdtLocked"/>
               <w15:appearance w15:val="hidden"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="004447F9">
+              <w:r w:rsidR="00F32CF4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:r w:rsidR="00C17D34">
+          <w:r w:rsidR="00F32CF4">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00E539F7">
+          <w:r w:rsidR="00F32CF4">
             <w:tab/>
-          </w:r>
-          <w:r w:rsidR="00C17D34">
             <w:t>Mixed Effects</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2C90D516" w14:textId="0B3C297E" w:rsidR="00C17D34" w:rsidRPr="006B662E" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+        <w:p w14:paraId="03D31514" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="006B662E" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:ind w:left="810" w:hanging="360"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="No_effect"/>
               <w:tag w:val="No_effect"/>
               <w:id w:val="-1574965226"/>
-              <w:lock w:val="sdtLocked"/>
               <w15:appearance w15:val="hidden"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00262E64">
+              <w:r w:rsidR="00F32CF4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:r w:rsidR="00C17D34">
+          <w:r w:rsidR="00F32CF4">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00E539F7">
+          <w:r w:rsidR="00F32CF4">
             <w:tab/>
-          </w:r>
-          <w:r w:rsidR="00C17D34">
             <w:t>No Effect</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4B4B651D" w14:textId="7187CC58" w:rsidR="00C17D34" w:rsidRPr="006B662E" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+        <w:p w14:paraId="53DC5431" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="006B662E" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:ind w:left="810" w:hanging="360"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Harmful"/>
               <w:tag w:val="Harmful"/>
               <w:id w:val="2120104897"/>
-              <w:lock w:val="sdtLocked"/>
               <w15:appearance w15:val="hidden"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00262E64">
+              <w:r w:rsidR="00F32CF4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:r w:rsidR="00C17D34">
+          <w:r w:rsidR="00F32CF4">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00E539F7">
+          <w:r w:rsidR="00F32CF4">
             <w:tab/>
-          </w:r>
-          <w:r w:rsidR="00C17D34">
             <w:t>Proven Harmful</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="70F121E7" w14:textId="7B5C31E0" w:rsidR="003E7CF5" w:rsidRDefault="00D8695B" w:rsidP="00054EFC">
+        <w:p w14:paraId="4696B0EB" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00000000" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="900"/>
             </w:tabs>
             <w:ind w:left="810" w:hanging="360"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Not_sure"/>
               <w:tag w:val="Not_sure"/>
               <w:id w:val="-1403830887"/>
-              <w:lock w:val="sdtLocked"/>
               <w15:appearance w15:val="hidden"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00262E64">
+              <w:r w:rsidR="00F32CF4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:r w:rsidR="0020302A">
+          <w:r w:rsidR="00F32CF4">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00E539F7">
+          <w:r w:rsidR="00F32CF4">
             <w:tab/>
-          </w:r>
-[...7 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>I am not sure how to answer. Please have someone from OSBM contact me to discuss.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3DC59624" w14:textId="77777777" w:rsidR="00054EFC" w:rsidRDefault="00054EFC" w:rsidP="00054EFC">
+    <w:p w14:paraId="1E0E0E66" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E8B4605" w14:textId="15758C16" w:rsidR="00EA07A3" w:rsidRPr="00774260" w:rsidRDefault="004D2823" w:rsidP="002B013D">
+    <w:p w14:paraId="1C4B2F88" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00774260" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
       </w:pPr>
       <w:r w:rsidRPr="00774260">
-        <w:t>D</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Describe why you selected the Evidence Scale rating and provide supporting documentation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A05176" w14:textId="0C250BE5" w:rsidR="00DF0846" w:rsidRPr="00774260" w:rsidRDefault="004545EA" w:rsidP="009F3ED2">
+    <w:p w14:paraId="0B6B2B08" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00774260" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
       <w:pPr>
         <w:pStyle w:val="PromptInstruct"/>
         <w:rPr>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2225B9FD">
         <w:rPr>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Describe the rationale for your Evidence Scale rating. </w:t>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> reach out to consult with you. </w:t>
+        <w:t xml:space="preserve">Describe the rationale for your Evidence Scale rating. Unless “unsure” or “theory-based” is selected, please also attach or link to (and briefly describe) at least one report or research paper that best describes the evaluation(s) upon which the rating is based. If you selected “unsure”, someone from OSBM will reach out to consult with you. </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="FormText"/>
         </w:rPr>
         <w:alias w:val="Rationale"/>
         <w:tag w:val="Rationale"/>
         <w:id w:val="2080936320"/>
-        <w:lock w:val="sdtLocked"/>
         <w:placeholder>
-          <w:docPart w:val="BA4DD8940EFA4AFAAD891D12B7F82DD8"/>
+          <w:docPart w:val="AD5D8041E3154456AD8A62C8B5D1E732"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="DefaultParagraphFont"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="23CC0DF0" w14:textId="5CECDE45" w:rsidR="0063259E" w:rsidRPr="006F2BE4" w:rsidRDefault="00340D50" w:rsidP="006F2BE4">
+        <w:p w14:paraId="295E9558" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="006F2BE4" w:rsidRDefault="00F32CF4" w:rsidP="00AD7BF2">
           <w:pPr>
             <w:ind w:left="360"/>
           </w:pPr>
-          <w:r w:rsidRPr="006F2BE4">
+          <w:r w:rsidRPr="007509F3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+              <w:color w:val="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3D5785AE" w14:textId="012922B8" w:rsidR="00EA07A3" w:rsidRPr="004321F8" w:rsidRDefault="006807FA" w:rsidP="00EA07A3">
+    <w:p w14:paraId="5E6FC1BE" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00E33D45" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Future evaluation methodology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45838ABA" w14:textId="74041FB2" w:rsidR="006807FA" w:rsidRPr="004321F8" w:rsidRDefault="00623736" w:rsidP="00DF796F">
+    <w:p w14:paraId="006876FC" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00E33D45" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="PromptInstruct"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>If funded, w</w:t>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> (select all that apply)?</w:t>
+        <w:t>If funded, what methods do you plan to use to evaluate this program or service (select all that apply)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626DE719" w14:textId="0E04B363" w:rsidR="006807FA" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="42A956AC" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="Future_No_eval"/>
           <w:tag w:val="FNo_eval"/>
           <w:id w:val="1918974881"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006807FA" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> not evaluate this program or service.</w:t>
+        <w:t>We will not evaluate this program or service.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4788A5" w14:textId="117E44C2" w:rsidR="006807FA" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="756ED601" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="Future_Resources"/>
           <w:tag w:val="FResources"/>
           <w:id w:val="-466362846"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006807FA" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>measure resources (e.g. staff, material expenses) required to deploy the service or initiative.</w:t>
+        <w:t>We will measure resources (e.g. staff, material expenses) required to deploy the service or initiative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C51DE43" w14:textId="1F6A1B6A" w:rsidR="006807FA" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="3814E491" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="Future_People"/>
           <w:tag w:val="FPeople"/>
           <w:id w:val="410670133"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006807FA" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>measure how many people use the service or initiative.</w:t>
+        <w:t>We will measure how many people use the service or initiative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC86C48" w14:textId="6CF92CE3" w:rsidR="006807FA" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="1491606D" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="FUture_Qualitative"/>
           <w:tag w:val="FQualitative"/>
           <w:id w:val="-932666860"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006807FA" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>conduct focus groups, surveys, or other qualitative methods that ask people about their experience with the service/initiative.</w:t>
+        <w:t>We will conduct focus groups, surveys, or other qualitative methods that ask people about their experience with the service/initiative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EEEBFC" w14:textId="5C606C97" w:rsidR="006807FA" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="282CEF98" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="Future_Outcomes"/>
           <w:tag w:val="FOutcomes"/>
           <w:id w:val="1010877183"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006807FA" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>measure outcomes at a point in time or over time (e.g. monthly or quarterly reports of student test scores, average wages, crime reports, park admissions, medical claims, etc.).</w:t>
+        <w:t>We will measure outcomes at a point in time or over time (e.g. monthly or quarterly reports of student test scores, average wages, crime reports, park admissions, medical claims, etc.).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DFF69F" w14:textId="5E35CDFF" w:rsidR="006807FA" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="5EF06452" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="Future_Econometric"/>
           <w:tag w:val="FEconometric"/>
           <w:id w:val="487370689"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006807FA" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>measure causal impact with econometric methods.</w:t>
+        <w:t>We will measure causal impact with econometric methods.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3504DD99" w14:textId="74DB7560" w:rsidR="006807FA" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="47459048" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="Future_RCT"/>
           <w:tag w:val="FRCT"/>
           <w:id w:val="-398828157"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="049EBC50" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> measure causal impact with a randomized control trial (RCT).</w:t>
+        <w:t>We will measure causal impact with a randomized control trial (RCT).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A0BD06" w14:textId="67ED0E28" w:rsidR="009B688A" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="52BCE29C" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="Future_Not_sure"/>
           <w:tag w:val="FNot_sure"/>
           <w:id w:val="98774521"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> evaluation options. </w:t>
+        <w:t xml:space="preserve">I am not sure how to answer. Please have someone from OSBM contact me to discuss evaluation options. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8D9272" w14:textId="67B35B82" w:rsidR="00B35CAB" w:rsidRPr="004321F8" w:rsidRDefault="00D8695B" w:rsidP="00E539F7">
+    <w:p w14:paraId="334E6D50" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="004321F8" w:rsidRDefault="00000000" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:alias w:val="Future_Other"/>
           <w:tag w:val="FOther"/>
           <w:id w:val="-992486372"/>
-          <w:lock w:val="sdtLocked"/>
           <w15:appearance w15:val="hidden"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00262E64" w:rsidRPr="004321F8">
+          <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006807FA" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E539F7" w:rsidRPr="004321F8">
+      <w:r w:rsidR="00E33D45" w:rsidRPr="004321F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="379AAC97" w14:textId="77777777" w:rsidR="00A33A5C" w:rsidRDefault="00A33A5C" w:rsidP="00E539F7">
+    <w:p w14:paraId="62C46C74" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRDefault="00E33D45" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A90351F" w14:textId="5CEB6A21" w:rsidR="001E6A73" w:rsidRDefault="00E539F3" w:rsidP="00683858">
+    <w:p w14:paraId="2481888A" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRDefault="00E33D45" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If you will not evaluate, </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>why not; if you will evaluate,</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>will not evaluate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, explain why not; if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>you will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> evaluate, describe your evaluation plans. </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="FormText"/>
         </w:rPr>
         <w:alias w:val="EvaluationPlans"/>
         <w:tag w:val="EvaluationPlans"/>
         <w:id w:val="584885593"/>
-        <w:lock w:val="sdtLocked"/>
         <w:placeholder>
-          <w:docPart w:val="240271B82FD14575A11DA16E46ED9576"/>
+          <w:docPart w:val="321378C1F84B4549B3A1A9D9479D5042"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...3 lines deleted...]
-      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="5465023D" w14:textId="692D9227" w:rsidR="00A33A5C" w:rsidRPr="00E700CF" w:rsidRDefault="00340D50" w:rsidP="001A3F2B">
+        <w:p w14:paraId="185FED47" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="00E700CF" w:rsidRDefault="00E33D45" w:rsidP="00E33D45">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
             <w:ind w:left="360"/>
           </w:pPr>
-          <w:r w:rsidRPr="00684832">
+          <w:r w:rsidRPr="0021678B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="751EA6E9" w14:textId="601DBCB1" w:rsidR="00683858" w:rsidRPr="007F5387" w:rsidRDefault="00683858" w:rsidP="4800B3D1">
+    <w:p w14:paraId="331E79C9" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="007F5387" w:rsidRDefault="00E33D45" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="123Numbering"/>
       </w:pPr>
       <w:r w:rsidRPr="4800B3D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Cost estimate methodology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F63780" w14:textId="53058323" w:rsidR="00683858" w:rsidRPr="007F5387" w:rsidRDefault="00683858" w:rsidP="00683858">
+    <w:p w14:paraId="3332E851" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRPr="007F5387" w:rsidRDefault="00E33D45" w:rsidP="00E33D45">
       <w:pPr>
         <w:pStyle w:val="PromptInstruct"/>
         <w:rPr>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5387">
         <w:rPr>
-          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Please describe how you calculated the requested amount, including discussion of the key assumptions driving the estimate.</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve">Please describe how you calculated the requested amount, including discussion of the key assumptions driving the estimate. Link or attach documentation as needed. If applicable, indicate how much of the total is allocated to evaluate the program or service.    </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="FormText"/>
         </w:rPr>
         <w:alias w:val="CostMethod"/>
         <w:tag w:val="CostMethod"/>
         <w:id w:val="-690837499"/>
-        <w:lock w:val="sdtLocked"/>
         <w:placeholder>
-          <w:docPart w:val="F72A9656494D4A7886AB2530090348DC"/>
+          <w:docPart w:val="A2AF807201F44258BD0CF47CA9DF0217"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:appearance w15:val="hidden"/>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...3 lines deleted...]
-      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="1BD9BBE1" w14:textId="58276D48" w:rsidR="005255A6" w:rsidRDefault="005255A6" w:rsidP="001A3F2B">
+        <w:p w14:paraId="43072C2A" w14:textId="77777777" w:rsidR="00E33D45" w:rsidRDefault="00E33D45" w:rsidP="00E33D45">
           <w:pPr>
             <w:ind w:left="360"/>
           </w:pPr>
-          <w:r w:rsidRPr="007F5387">
+          <w:r w:rsidRPr="0021678B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="E7E6E6" w:themeColor="background2"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:sectPr w:rsidR="005255A6">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+    <w:p w14:paraId="53985AB1" w14:textId="77777777" w:rsidR="006D4119" w:rsidRDefault="006D4119" w:rsidP="00E33D45">
+      <w:pPr>
+        <w:pStyle w:val="123Numbering"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006D4119">
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E815077" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB" w:rsidP="00656D03">
+    <w:p w14:paraId="3F290547" w14:textId="77777777" w:rsidR="00E52BF6" w:rsidRDefault="00E52BF6" w:rsidP="00F32CF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F8B64D" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="597276CC" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB" w:rsidP="00656D03">
+    <w:p w14:paraId="0BB3DC6C" w14:textId="77777777" w:rsidR="00E52BF6" w:rsidRDefault="00E52BF6" w:rsidP="00F32CF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17445F3B" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="243A7EEF" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...20 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Mincho">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...73 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C35B518" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB" w:rsidP="00656D03">
+    <w:p w14:paraId="3EDBDFB5" w14:textId="77777777" w:rsidR="00E52BF6" w:rsidRDefault="00E52BF6" w:rsidP="00F32CF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33714EAF" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F0C3770" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB" w:rsidP="00656D03">
+    <w:p w14:paraId="75B65278" w14:textId="77777777" w:rsidR="00E52BF6" w:rsidRDefault="00E52BF6" w:rsidP="00F32CF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B7C8B0" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="2B14A5EC" w14:textId="77777777" w:rsidR="00BC3AAB" w:rsidRDefault="00BC3AAB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4A99D4F1" w14:textId="77777777" w:rsidR="00C55166" w:rsidRDefault="00C55166">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A0471A2" w14:textId="187B0FA9" w:rsidR="00F32CF4" w:rsidRPr="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00F32CF4">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve">Job Aid: </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t>Justification Documentation Form</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="18D3A65B" w14:textId="77777777" w:rsidR="004B2EB8" w:rsidRDefault="004B2EB8"/>
-[...5 lines deleted...]
-  <w:p w14:paraId="68F5BFB9" w14:textId="7D66E384" w:rsidR="00656D03" w:rsidRDefault="00656D03">
+  <w:p w14:paraId="12FC3E2F" w14:textId="77777777" w:rsidR="00F32CF4" w:rsidRPr="00F32CF4" w:rsidRDefault="00F32CF4" w:rsidP="00F32CF4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:pBdr>
-[...74 lines deleted...]
-      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="033D6629"/>
-[...447 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BB02ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="260ABA4C"/>
     <w:lvl w:ilvl="0" w:tplc="6696E020">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="123Numbering"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -6291,6095 +3823,141 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...1343 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="840513045">
+  <w:num w:numId="1" w16cid:durableId="2021465237">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="134"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00656D03"/>
-[...1662 lines deleted...]
-    <w:rsid w:val="7F6A0368"/>
+    <w:rsidRoot w:val="00F32CF4"/>
+    <w:rsid w:val="00080126"/>
+    <w:rsid w:val="0015235A"/>
+    <w:rsid w:val="00497335"/>
+    <w:rsid w:val="004A4A43"/>
+    <w:rsid w:val="00551F67"/>
+    <w:rsid w:val="0059172B"/>
+    <w:rsid w:val="00684917"/>
+    <w:rsid w:val="006D4119"/>
+    <w:rsid w:val="007509F3"/>
+    <w:rsid w:val="00825051"/>
+    <w:rsid w:val="00863CAB"/>
+    <w:rsid w:val="008C7DA5"/>
+    <w:rsid w:val="00983DEB"/>
+    <w:rsid w:val="00A62837"/>
+    <w:rsid w:val="00B339F8"/>
+    <w:rsid w:val="00C153EE"/>
+    <w:rsid w:val="00CA5C0A"/>
+    <w:rsid w:val="00D501A0"/>
+    <w:rsid w:val="00D81A21"/>
+    <w:rsid w:val="00E33D45"/>
+    <w:rsid w:val="00E52BF6"/>
+    <w:rsid w:val="00F32CF4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="453A2023"/>
+  <w14:docId w14:val="62CAFE6E"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{073692CF-223C-49C0-91E8-44BBEB248058}"/>
+  <w15:docId w15:val="{119AB950-4C3C-4A6A-AA1D-19A0DA5354C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-[...2948 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12730,590 +4308,2329 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F32CF4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F32CF4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:locked/>
+    <w:rsid w:val="00F32CF4"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002A7A68"/>
+    <w:rsid w:val="00F32CF4"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC78B528C43140E7B03D704E20701F9B2">
-[...1 lines deleted...]
-    <w:rsid w:val="002A7A68"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="123Numbering">
+    <w:name w:val="123Numbering"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F32CF4"/>
     <w:pPr>
-      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2430"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FormText">
+    <w:name w:val="Form_Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:b w:val="0"/>
+      <w:i w:val="0"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PromptInstruct">
+    <w:name w:val="Prompt_Instruct"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00F32CF4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E33D45"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="316B9A9FDBDA4B75942627B0D2E0E09D2">
-[...4 lines deleted...]
-    </w:pPr>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osbm.nc.gov/tiered-levels-evidence/download?attachment" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osbm.nc.gov/job-aid-change-budget-it-requests/download?attachment" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C2CD903E379D415A81890EE9A395A585"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{46957AC8-753E-4DE6-AAB8-838D06C0C7E7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="C2CD903E379D415A81890EE9A395A585"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005025D6">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Choose</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> from list        </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C629C29145664330A587E9A93F80EE40"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B9504DF8-500C-4C16-BCC4-39753FC943E6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="C629C29145664330A587E9A93F80EE40"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="495842C8F08A4973A6A8AD3D135CF98D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95491345-3E3D-42E5-826A-BF4BF2710CFB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="495842C8F08A4973A6A8AD3D135CF98D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0FE3124DEC944F1FBA56CAB1D2A12ABB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4C883069-BA2C-4769-ABFB-0A0175BB97C5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="0FE3124DEC944F1FBA56CAB1D2A12ABB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FA0ED5615F84491D9C9526077930630C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D827778B-2AD8-41D2-8DC6-89B8F3A45F13}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="FA0ED5615F84491D9C9526077930630C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00684832">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="65BF973C9AF447069BF0511AAE85EA4C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C444DDE7-EE9D-47BC-8E89-A7EC531447F3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="65BF973C9AF447069BF0511AAE85EA4C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D31AEC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EBEDBCE5C3344B8B833A1F594FA20210"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6B9EFA8A-C938-4B60-9E71-52D6F5258492}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="EBEDBCE5C3344B8B833A1F594FA20210"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D31AEC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E9C110350B584A6BA5896B608B02FA83"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{828DB230-367F-48FF-900E-D34F0CDA49F0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="E9C110350B584A6BA5896B608B02FA83"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D31AEC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2FA4B3F8D16D4699BCB0CF69F205BAE3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2F43BD76-F384-498F-88E5-5B3B6EDF9059}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="2FA4B3F8D16D4699BCB0CF69F205BAE3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D31AEC">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E27247BDAE624F95BBD9A877081D32E7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D00F41F2-9D4D-4D74-A612-3F9828F14D5C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="E27247BDAE624F95BBD9A877081D32E7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="003F3424">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C935EC7FDFAA435CA801F4349E378E3A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{22AD71A5-99F0-4508-B995-987963C29773}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="C935EC7FDFAA435CA801F4349E378E3A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="521F73BDCF2440FC92D12B801CC254C0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B39E6B75-039A-465A-85F1-A806D8D244A6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="521F73BDCF2440FC92D12B801CC254C0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006F378B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="006F378B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EE86F63050444C02A6CEE52EFD3C608B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3EEE12E5-0C0A-498D-AFAB-2451D27D47A2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="EE86F63050444C02A6CEE52EFD3C608B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00322873">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="01B134C7E7DF42B7B8A4C0BCD04FCD74"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A977EDD4-BA83-406B-BC93-097DAB2DB8E3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="01B134C7E7DF42B7B8A4C0BCD04FCD74"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006F378B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8C251130130A4E9A9B6D6A6AC051B25A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9D5ACC4C-DE33-4B79-9B1D-DC8C84AC518C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="8C251130130A4E9A9B6D6A6AC051B25A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00684832">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="79425F553F7A47CD9570BCCA2909B7A0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1B0B8AAB-0D8F-4C97-A79B-A37ADF15D11A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="79425F553F7A47CD9570BCCA2909B7A0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00684832">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AD5D8041E3154456AD8A62C8B5D1E732"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1FC0FFD1-5798-4FFB-B3AF-BBAD7D11CA8F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="AD5D8041E3154456AD8A62C8B5D1E732"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006F2BE4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FFDA4869103344B691056D28C5B49F96"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{57F44AFD-D6C8-42DF-BE35-A4B6E2B13806}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="FFDA4869103344B691056D28C5B49F96"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click to enter</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D5DA3A5830924A968DBAF7CF78CD52F4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{11C1F56E-53D6-420F-A796-35E0D9BCF79D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="D5DA3A5830924A968DBAF7CF78CD52F4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click to enter.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="72924835386D46DBA4A01FA0E8A17A90"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3427C330-1F5A-4263-82CD-11B87FCBF868}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="72924835386D46DBA4A01FA0E8A17A90"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00573A76">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click to enter.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="922C729AEE4F4F0BB93A6B7BCEA22D40"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D8111400-A039-4D75-8D36-DD40EAA58651}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="922C729AEE4F4F0BB93A6B7BCEA22D40"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click to enter.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4B3B81084CAB4E6C8930EB89ADC042F5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9AC178B5-8816-407F-9AB8-6738F4D2CE72}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="4B3B81084CAB4E6C8930EB89ADC042F5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click to enter.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="38962595A6654C519E97070F74CE875E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A537719F-BC81-4DDE-9C6B-2E2B49225F6A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="38962595A6654C519E97070F74CE875E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click to enter.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2335C222956347099CDABDF4DDE1885F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{602A2435-1E3C-449B-BEE1-ACC4AE3AC1CE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00924299" w:rsidRDefault="00924299" w:rsidP="00924299">
+          <w:pPr>
+            <w:pStyle w:val="2335C222956347099CDABDF4DDE1885F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click to enter.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="321378C1F84B4549B3A1A9D9479D5042"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8500DF34-315B-407B-8FF2-F553EAE7E896}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="008C00AE" w:rsidRDefault="008C00AE" w:rsidP="008C00AE">
+          <w:pPr>
+            <w:pStyle w:val="321378C1F84B4549B3A1A9D9479D5042"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00684832">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A2AF807201F44258BD0CF47CA9DF0217"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{05BB3477-3F46-41B9-BC01-49AA850677EF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="008C00AE" w:rsidRDefault="008C00AE" w:rsidP="008C00AE">
+          <w:pPr>
+            <w:pStyle w:val="A2AF807201F44258BD0CF47CA9DF0217"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00684832">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BEF64F1F0B114ECEBE814C2DA6A77FCC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7C93F2D5-45FF-45C3-A432-7D92F4C21713}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00042FE2" w:rsidRDefault="00640780" w:rsidP="00640780">
+          <w:pPr>
+            <w:pStyle w:val="BEF64F1F0B114ECEBE814C2DA6A77FCC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B0DD3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="E8E8E8" w:themeColor="background2"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+            </w:rPr>
+            <w:t>Click to enter.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00924299"/>
+    <w:rsid w:val="00042FE2"/>
+    <w:rsid w:val="0015235A"/>
+    <w:rsid w:val="002B15BB"/>
+    <w:rsid w:val="00497335"/>
+    <w:rsid w:val="00563D82"/>
+    <w:rsid w:val="00640780"/>
+    <w:rsid w:val="00776A9C"/>
+    <w:rsid w:val="008A6D6B"/>
+    <w:rsid w:val="008C00AE"/>
+    <w:rsid w:val="00924299"/>
+    <w:rsid w:val="00C153EE"/>
+    <w:rsid w:val="00D501A0"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00640780"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D4506F7741442CDB77C2084491E90A82">
-[...417 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C2CD903E379D415A81890EE9A395A585">
+    <w:name w:val="C2CD903E379D415A81890EE9A395A585"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C629C29145664330A587E9A93F80EE40">
+    <w:name w:val="C629C29145664330A587E9A93F80EE40"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="495842C8F08A4973A6A8AD3D135CF98D">
+    <w:name w:val="495842C8F08A4973A6A8AD3D135CF98D"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0FE3124DEC944F1FBA56CAB1D2A12ABB">
+    <w:name w:val="0FE3124DEC944F1FBA56CAB1D2A12ABB"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA0ED5615F84491D9C9526077930630C">
+    <w:name w:val="FA0ED5615F84491D9C9526077930630C"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="65BF973C9AF447069BF0511AAE85EA4C">
+    <w:name w:val="65BF973C9AF447069BF0511AAE85EA4C"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBEDBCE5C3344B8B833A1F594FA20210">
+    <w:name w:val="EBEDBCE5C3344B8B833A1F594FA20210"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9C110350B584A6BA5896B608B02FA83">
+    <w:name w:val="E9C110350B584A6BA5896B608B02FA83"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FA4B3F8D16D4699BCB0CF69F205BAE3">
+    <w:name w:val="2FA4B3F8D16D4699BCB0CF69F205BAE3"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E27247BDAE624F95BBD9A877081D32E7">
+    <w:name w:val="E27247BDAE624F95BBD9A877081D32E7"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C935EC7FDFAA435CA801F4349E378E3A">
+    <w:name w:val="C935EC7FDFAA435CA801F4349E378E3A"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="521F73BDCF2440FC92D12B801CC254C0">
+    <w:name w:val="521F73BDCF2440FC92D12B801CC254C0"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EE86F63050444C02A6CEE52EFD3C608B">
+    <w:name w:val="EE86F63050444C02A6CEE52EFD3C608B"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01B134C7E7DF42B7B8A4C0BCD04FCD74">
+    <w:name w:val="01B134C7E7DF42B7B8A4C0BCD04FCD74"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C251130130A4E9A9B6D6A6AC051B25A">
+    <w:name w:val="8C251130130A4E9A9B6D6A6AC051B25A"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79425F553F7A47CD9570BCCA2909B7A0">
+    <w:name w:val="79425F553F7A47CD9570BCCA2909B7A0"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD5D8041E3154456AD8A62C8B5D1E732">
+    <w:name w:val="AD5D8041E3154456AD8A62C8B5D1E732"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFDA4869103344B691056D28C5B49F96">
+    <w:name w:val="FFDA4869103344B691056D28C5B49F96"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5DA3A5830924A968DBAF7CF78CD52F4">
+    <w:name w:val="D5DA3A5830924A968DBAF7CF78CD52F4"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72924835386D46DBA4A01FA0E8A17A90">
+    <w:name w:val="72924835386D46DBA4A01FA0E8A17A90"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="922C729AEE4F4F0BB93A6B7BCEA22D40">
+    <w:name w:val="922C729AEE4F4F0BB93A6B7BCEA22D40"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B3B81084CAB4E6C8930EB89ADC042F5">
+    <w:name w:val="4B3B81084CAB4E6C8930EB89ADC042F5"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38962595A6654C519E97070F74CE875E">
+    <w:name w:val="38962595A6654C519E97070F74CE875E"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2335C222956347099CDABDF4DDE1885F">
+    <w:name w:val="2335C222956347099CDABDF4DDE1885F"/>
+    <w:rsid w:val="00924299"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="321378C1F84B4549B3A1A9D9479D5042">
+    <w:name w:val="321378C1F84B4549B3A1A9D9479D5042"/>
+    <w:rsid w:val="008C00AE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2AF807201F44258BD0CF47CA9DF0217">
+    <w:name w:val="A2AF807201F44258BD0CF47CA9DF0217"/>
+    <w:rsid w:val="008C00AE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BEF64F1F0B114ECEBE814C2DA6A77FCC">
+    <w:name w:val="BEF64F1F0B114ECEBE814C2DA6A77FCC"/>
+    <w:rsid w:val="00640780"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -13321,51 +6638,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -13432,65 +6749,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -13511,83 +6828,104 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD43ACEABE47904BAFF06E7ABB2AC398" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f17d879f56f7686253fcd9bb1ddad189">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="efbb26b1-3cb8-4e54-bb70-c579010da8ab" xmlns:ns3="bd1b5740-7cfc-471a-89e4-67f1e04c287b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04ed73e7801b3eeeb96659bcebd31123" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD43ACEABE47904BAFF06E7ABB2AC398" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f0ae54197104fba74c933fd2ed9a2901">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="efbb26b1-3cb8-4e54-bb70-c579010da8ab" xmlns:ns3="bd1b5740-7cfc-471a-89e4-67f1e04c287b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1427207385abd4dd06413f5ec385dd47" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="efbb26b1-3cb8-4e54-bb70-c579010da8ab"/>
     <xsd:import namespace="bd1b5740-7cfc-471a-89e4-67f1e04c287b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:DateandTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Section" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:AssignedTo" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -13867,158 +7205,135 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="bd1b5740-7cfc-471a-89e4-67f1e04c287b" xsi:nil="true"/>
-[...2 lines deleted...]
-    </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Section xmlns="efbb26b1-3cb8-4e54-bb70-c579010da8ab" xsi:nil="true"/>
     <DateStarted xmlns="efbb26b1-3cb8-4e54-bb70-c579010da8ab" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="efbb26b1-3cb8-4e54-bb70-c579010da8ab">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bd1b5740-7cfc-471a-89e4-67f1e04c287b" xsi:nil="true"/>
     <Status xmlns="efbb26b1-3cb8-4e54-bb70-c579010da8ab">Editing</Status>
     <DateandTime xmlns="efbb26b1-3cb8-4e54-bb70-c579010da8ab" xsi:nil="true"/>
     <AssignedTo xmlns="efbb26b1-3cb8-4e54-bb70-c579010da8ab">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </AssignedTo>
     <Category xmlns="efbb26b1-3cb8-4e54-bb70-c579010da8ab" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1E5AC55-8E25-4E0F-A18F-9CBD8DC6331C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37F4AB9D-9BB2-4EC3-AC3E-587E585885F0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4661797C-6AE0-471B-B050-1752E03B50AD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7CA7CEC-C026-4EB5-82B2-015E3F8DB443}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="efbb26b1-3cb8-4e54-bb70-c579010da8ab"/>
     <ds:schemaRef ds:uri="bd1b5740-7cfc-471a-89e4-67f1e04c287b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA8650E0-3590-48D6-88C1-8E41EE2E58AE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0D3B4EE-867C-4E50-95DB-15B31AEE4F11}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="efbb26b1-3cb8-4e54-bb70-c579010da8ab"/>
     <ds:schemaRef ds:uri="bd1b5740-7cfc-471a-89e4-67f1e04c287b"/>
-    <ds:schemaRef ds:uri="efbb26b1-3cb8-4e54-bb70-c579010da8ab"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>987</Words>
-  <Characters>5626</Characters>
+  <Words>1051</Words>
+  <Characters>5221</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>140</Lines>
+  <Paragraphs>98</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6600</CharactersWithSpaces>
+  <CharactersWithSpaces>6236</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Evans, Marcia</dc:creator>
+  <dc:creator>Arnette, Jaclyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AD43ACEABE47904BAFF06E7ABB2AC398</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
-    <vt:lpwstr/>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>