--- v0 (2025-10-08)
+++ v1 (2025-11-10)
@@ -17,55 +17,55 @@
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{CD113F89-AD56-4030-9AC5-65366C9B7548}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{57C1647A-0D5E-4DE5-9D79-D8105B4FD1E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-4050" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Checklist" sheetId="2" r:id="rId1"/>
     <sheet name="#1 NCFS TO IBIS" sheetId="3" r:id="rId2"/>
     <sheet name="#2 NEGATIVE BUDGETS" sheetId="4" r:id="rId3"/>
     <sheet name="#3&amp;4 OVER EXPENDED FUNDS ACCTS" sheetId="5" r:id="rId4"/>
     <sheet name="#5 OVER-REALIZED RECEIPTS" sheetId="8" r:id="rId5"/>
     <sheet name="#7 SALARY RESERVE" sheetId="9" r:id="rId6"/>
     <sheet name="#8 SPECIAL FUNDS" sheetId="10" r:id="rId7"/>
     <sheet name="#9&amp;10 FED RECEIPTS &amp; EXCESS" sheetId="11" r:id="rId8"/>
     <sheet name="#5 RESERVE ACCOUNTS" sheetId="6" r:id="rId9"/>
     <sheet name="#11 CLEARING BFs &amp; ACCOUNTS" sheetId="22" r:id="rId10"/>
     <sheet name="#12 CARRY FORWARD" sheetId="13" r:id="rId11"/>
     <sheet name="#13 ACTUALS VS ALLOTTED" sheetId="19" r:id="rId12"/>
     <sheet name="#14 ALLOTMENTS NCFS TO IBIS " sheetId="21" r:id="rId13"/>
     <sheet name="#15 REVERSIONS-YEAR END" sheetId="17" r:id="rId14"/>
     <sheet name="NC Budget to Actual(701) Report" sheetId="1" r:id="rId15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="1">'NC Budget to Actual(701) Report'!#REF!</definedName>
     <definedName name="page\x2dtotal" localSheetId="11">'#13 ACTUALS VS ALLOTTED'!#REF!</definedName>
     <definedName name="page\x2dtotal">'NC Budget to Actual(701) Report'!#REF!</definedName>
     <definedName name="page\x2dtotal\x2dmaster0" localSheetId="11">'#13 ACTUALS VS ALLOTTED'!#REF!</definedName>
     <definedName name="page\x2dtotal\x2dmaster0">'NC Budget to Actual(701) Report'!#REF!</definedName>
   </definedNames>
@@ -127,53 +127,50 @@
   <si>
     <t>Federal Funds: Receipt-supported expenditures and related receipts reconcile</t>
   </si>
   <si>
     <t>Federal Excess</t>
   </si>
   <si>
     <t>Federal Funds: Excess receipts in the General Fund are returned to 3XXXX federal budget code.</t>
   </si>
   <si>
     <t xml:space="preserve">Carryforward is correctly recorded in NCFS and IBIS </t>
   </si>
   <si>
     <t>Reversions &amp; Allotments</t>
   </si>
   <si>
     <t xml:space="preserve">Carryforward </t>
   </si>
   <si>
     <t>Insert PDF of signed NCFS Closeout Checklist below:</t>
   </si>
   <si>
     <t>Please include documentation of OSBM approved exceptions, if applicable:</t>
   </si>
   <si>
-    <t>SFY2024-25</t>
-[...1 lines deleted...]
-  <si>
     <t>Certified and authorized budgets reconcile between NCFS and IBIS at the full NCFS COA combination</t>
   </si>
   <si>
     <t>No negative certified or authorized budgets at the NCFS budget fund level</t>
   </si>
   <si>
     <t>At the NCFS natural account for accounts 52XXXXXX through 58XXXXXX</t>
   </si>
   <si>
     <t>No over-expended Budget Funds (AMU/Programs/Projects, if agency elects to budget to that level)</t>
   </si>
   <si>
     <t>At the NCFS parent account level 1 for accounts 520XXXXX through 550XXXXX</t>
   </si>
   <si>
     <t>At the NCFS natural account level for accounts 56XXXXXX through 58XXXXXX</t>
   </si>
   <si>
     <t xml:space="preserve">No over-expended accounts: </t>
   </si>
   <si>
     <t>At the NCFS natural account AND funding source group for accounts 51XXXXXX</t>
   </si>
   <si>
     <t>No negative salary reserve balances at the Budget Fund/Natural Account/Fund Source level (AMU/Agency Program/Project if agency elects to budget positions to that level)</t>
@@ -202,50 +199,53 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> requirement)</t>
     </r>
   </si>
   <si>
     <t>Clearing Budget Funds/Accounts</t>
   </si>
   <si>
     <t>No budget in clearing budget funds and/or clearing accounts</t>
   </si>
   <si>
     <t>YTD allotment totals reconcile between NCFS and IBIS</t>
   </si>
   <si>
     <t>YTD requirements and appropriations</t>
   </si>
   <si>
     <t>Do not exceed total allotment and available cash on hand (quarter-end requirement)</t>
   </si>
   <si>
     <t>Equals total allotment with no available cash on hand (year-end requirement)</t>
   </si>
   <si>
     <t>Unexpended appropriation indicates proper cash reversions (year-end requirement)</t>
+  </si>
+  <si>
+    <t>FY2025-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -760,648 +760,634 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DDE590A-C77F-4D59-BC41-0759D53426A8}">
   <dimension ref="A1:F37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H5" sqref="H5"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="30.26953125" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="97.7265625" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="97.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="20" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
     </row>
-    <row r="2" spans="1:6" ht="20" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="12" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="12"/>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
     </row>
-    <row r="5" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="14" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="7">
         <v>2</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="15" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
       <c r="B7" s="10"/>
       <c r="C7" s="16" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="7"/>
       <c r="B8" s="10"/>
       <c r="C8" s="16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>3</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="7">
         <v>4</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="7"/>
       <c r="B11" s="10"/>
       <c r="C11" s="16" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="7"/>
       <c r="B12" s="10"/>
       <c r="C12" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="7"/>
       <c r="B13" s="10"/>
       <c r="C13" s="16" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="7">
         <v>5</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>6</v>
       </c>
       <c r="B15" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D15" s="7"/>
       <c r="E15" s="7"/>
       <c r="F15" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="7">
         <v>7</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="7">
         <v>8</v>
       </c>
       <c r="B17" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="7">
         <v>9</v>
       </c>
       <c r="B18" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="7"/>
       <c r="E18" s="7"/>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="7">
         <v>10</v>
       </c>
       <c r="B19" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="17" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="7"/>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="7">
         <v>11</v>
       </c>
       <c r="B20" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" s="7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="7">
         <v>12</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="7"/>
       <c r="E21" s="7"/>
       <c r="F21" s="7"/>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="7">
         <v>13</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C22" s="18" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D22" s="7"/>
       <c r="E22" s="7"/>
       <c r="F22" s="7"/>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="7">
         <v>14</v>
       </c>
       <c r="B23" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C23" s="18" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="7"/>
       <c r="B24" s="10"/>
       <c r="C24" s="19" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="7"/>
       <c r="B25" s="10"/>
       <c r="C25" s="19" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="7">
         <v>15</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D26" s="7"/>
       <c r="E26" s="7"/>
       <c r="F26" s="7"/>
     </row>
-    <row r="28" spans="1:6" ht="20" x14ac:dyDescent="0.4">
+    <row r="28" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A28" s="13" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="11"/>
     </row>
-    <row r="37" spans="1:1" ht="20" x14ac:dyDescent="0.4">
+    <row r="37" spans="1:1" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A37" s="13" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" location="'#1 NCFS TO IBIS'!A1" display="BD701 to RK325" xr:uid="{FD9A4549-176D-4FA5-B9E0-E3BC7FB1BB41}"/>
     <hyperlink ref="B6" location="'#2 NEGATIVE BUDGETS'!A1" display="Negative Budget" xr:uid="{9DEB16ED-1B69-45BB-901F-B4DA06B29692}"/>
     <hyperlink ref="B9" location="'#3&amp;4 OVER EXPENDED FUNDS ACCTS'!A1" display="Over Expenditures" xr:uid="{AAA8DC9E-3E6D-4342-BB11-AF9757C5EA60}"/>
     <hyperlink ref="B10" location="'#3&amp;4 OVER EXPENDED FUNDS ACCTS'!A1" display="Over Expenditures" xr:uid="{CF972057-D0C3-418A-A816-5366E8EC986F}"/>
     <hyperlink ref="B14" location="'#6 OVER-REALIZED RECEIPTS'!A1" display="Over-Realized Receipts" xr:uid="{28E3C535-6AC5-4848-8A5C-DA54A905EADC}"/>
     <hyperlink ref="B15" location="'#7 SALARY RESERVE'!A1" display="Salary Reserve" xr:uid="{1F62E2E8-55B9-4F0C-AC64-F17F72AD13E4}"/>
     <hyperlink ref="B16" location="'#8 SPECIAL FUNDS'!A1" display="Special Funds" xr:uid="{89AB98EF-C0B3-460C-BBCF-5F76E738A0D6}"/>
     <hyperlink ref="B21" location="'#11 CARRY FORWARD'!A1" display="Carryforward " xr:uid="{D3AB22B7-AF20-4498-A50D-80DC9CB57A5F}"/>
     <hyperlink ref="B22:B26" location="'Reversions &amp; Allotments'!A1" display="Reversions &amp; Allotments" xr:uid="{EDEDB76D-A9D1-4CCF-A0B5-3E03511B7309}"/>
     <hyperlink ref="B17" location="'#9&amp;10 FED RECEIPTS &amp; EXCESS'!A1" display="Federal Receipts" xr:uid="{6FB701D4-46F6-4528-A573-8181AB75F531}"/>
     <hyperlink ref="B18" location="'#9&amp;10 FED RECEIPTS &amp; EXCESS'!A1" display="Federal Excess" xr:uid="{1CD67664-66BE-4A00-A25A-575156843A93}"/>
     <hyperlink ref="B22" location="'#12 ACTUALS VS ALLOTTED'!A1" display="Reversions &amp; Allotments" xr:uid="{FAAE5B2E-43D9-4E86-A772-E9FD08796CFD}"/>
     <hyperlink ref="B23" location="'#13 ALLOTMENTS NCFS TO IBIS '!A1" display="Reversions &amp; Allotments" xr:uid="{204898BC-4E78-412B-871E-C2D9F0B70E4F}"/>
     <hyperlink ref="B26" location="'#14 REVERSIONS-YEAR END'!A1" display="Reversions &amp; Allotments" xr:uid="{2BDE840D-3E2A-4E79-A4E9-BFAEE9DAFDBB}"/>
     <hyperlink ref="F15" location="'#6 OVER-REALIZED RECEIPTS'!A1" display="Over-Realized Receipts" xr:uid="{E7D1C4EC-D9CE-4536-8E23-CC8F39BC400E}"/>
     <hyperlink ref="B19" location="'#5 RESERVE ACCOUNTS'!A1" display="Reserves" xr:uid="{837CC2DC-8A95-446C-9761-BD5B0F8A0FA7}"/>
     <hyperlink ref="B20" location="'#11 CLEARING BFs &amp; ACCOUNTS'!A1" display="Clearing Budget Funds/Accounts" xr:uid="{9D2C296C-E8BB-4157-9F01-0F59E09ED118}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1723046F-BE29-44BB-8BBA-D9C74BDEC575}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{296F11D5-CF3C-4166-AF58-41C7A55AB2C0}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{676A704C-B82D-4EA2-91AE-B2380ED56CFB}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{786AB9BD-1440-45E0-8B4F-0640991B4B7F}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="9.26953125" style="2"/>
+    <col min="1" max="16384" width="9.28515625" style="2"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CF47A01-81CA-476A-8E47-ACC6FD627A2A}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="41.54296875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="41.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="Y1:AF1"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="I22" sqref="I22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="25" max="32" width="9.26953125" style="1"/>
+    <col min="25" max="32" width="9.28515625" style="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B0CF1A82-2E33-4DB2-80EB-3C21093CFFD8}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2821609A-B235-4737-A363-89E9CA0A5C80}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A7229D38-A584-45DE-A68E-8A4D38937F1E}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{99946093-B00A-425A-952C-D686DF013FD9}">
   <dimension ref="AC1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="J21" sqref="J21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="29" max="29" width="9.26953125" style="4"/>
+    <col min="29" max="29" width="9.28515625" style="4"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{796ECD07-0285-40DB-B1F8-BE21122994F2}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F3914C2-0290-47D0-9141-45CEDFF57F65}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE3E2A95-43BF-42AC-8736-CAF6402D7016}">
   <dimension ref="H1:AA1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="8" max="9" width="9.26953125" style="3"/>
-[...1 lines deleted...]
-    <col min="21" max="27" width="9.26953125" style="1"/>
+    <col min="8" max="9" width="9.28515625" style="3"/>
+    <col min="12" max="13" width="9.28515625" style="3"/>
+    <col min="21" max="27" width="9.28515625" style="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A31AD62-7837-423D-8726-3496EE53D5DF}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...12 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010088536433ECD3D943B7FCFD8045FE93EC" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="622138dd6a2dfdc9042b3e8ae71479ef">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c811ab18-8f9e-41cc-b00d-50bea92da2cd" xmlns:ns3="8191f7c7-7d47-49d7-8172-264d3bf0e2f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8601bc45c77535a197c5a2bee5a96509" ns2:_="" ns3:_="">
     <xsd:import namespace="c811ab18-8f9e-41cc-b00d-50bea92da2cd"/>
     <xsd:import namespace="8191f7c7-7d47-49d7-8172-264d3bf0e2f6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Fiscal_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -1641,90 +1627,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Fiscal_x0020_Year xmlns="c811ab18-8f9e-41cc-b00d-50bea92da2cd">
+      <Value>Unspecified</Value>
+    </Fiscal_x0020_Year>
+    <TaxCatchAll xmlns="8191f7c7-7d47-49d7-8172-264d3bf0e2f6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c811ab18-8f9e-41cc-b00d-50bea92da2cd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E81F431D-7E4E-4CD8-A667-B8D0BF0EBDDC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C00CBB34-EEB1-47DC-BD62-0A5CE32F31AB}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD2CA322-F940-4158-AFE3-1A49A5B02E5A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c811ab18-8f9e-41cc-b00d-50bea92da2cd"/>
     <ds:schemaRef ds:uri="8191f7c7-7d47-49d7-8172-264d3bf0e2f6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C00CBB34-EEB1-47DC-BD62-0A5CE32F31AB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c811ab18-8f9e-41cc-b00d-50bea92da2cd"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8191f7c7-7d47-49d7-8172-264d3bf0e2f6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>Checklist</vt:lpstr>
       <vt:lpstr>#1 NCFS TO IBIS</vt:lpstr>
       <vt:lpstr>#2 NEGATIVE BUDGETS</vt:lpstr>
       <vt:lpstr>#3&amp;4 OVER EXPENDED FUNDS ACCTS</vt:lpstr>